--- v0 (2025-10-09)
+++ v1 (2026-01-29)
@@ -1,386 +1,180 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1D383B94" w14:textId="0A4B90A7" w:rsidR="00717D11" w:rsidRPr="004D031C" w:rsidRDefault="002547C7" w:rsidP="008C4F94">
+    <w:p w14:paraId="1D383B94" w14:textId="47248674" w:rsidR="00717D11" w:rsidRPr="004D031C" w:rsidRDefault="00EB3A89" w:rsidP="003F22E4">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7261F0F7" wp14:editId="10FB592C">
-[...74 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65090EB9" wp14:editId="6569295C">
+            <wp:extent cx="4838700" cy="1242060"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1207479160" name="Resim 1" descr="yazı tipi, simge, sembol, metin, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1207479160" name="Resim 1" descr="yazı tipi, simge, sembol, metin, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId8"/>
                     <a:srcRect l="2898"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5024376" cy="1139386"/>
+                      <a:ext cx="5024377" cy="1289722"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="003F22E4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F22E4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="365BEB72" wp14:editId="5E21030D">
+            <wp:extent cx="1318260" cy="1211580"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:docPr id="919681364" name="Resim 8"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="919681364" name="Resim 8"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1318260" cy="1211580"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:p w14:paraId="772A9E55" w14:textId="77777777" w:rsidR="00717D11" w:rsidRPr="004D031C" w:rsidRDefault="00717D11" w:rsidP="00717D11"/>
-    <w:p w14:paraId="2E04211D" w14:textId="233B0ECA" w:rsidR="00A64F9F" w:rsidRPr="00E04570" w:rsidRDefault="00F21480" w:rsidP="00A64F9F">
+    <w:p w14:paraId="2E04211D" w14:textId="3F2B9DE7" w:rsidR="00A64F9F" w:rsidRPr="00E04570" w:rsidRDefault="00524FB6" w:rsidP="00A64F9F">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...182 lines deleted...]
-      <w:r w:rsidR="00524FB6">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hydrobiological Research X(X), *-* (202X</w:t>
       </w:r>
       <w:r w:rsidR="00A64F9F" w:rsidRPr="00E04570">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00A90951" w:rsidRPr="00B1026A">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.doi.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A90951" w:rsidRPr="00E04570">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -390,232 +184,683 @@
       <w:r w:rsidR="00A90951" w:rsidRPr="00E04570">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A90951" w:rsidRPr="00E04570">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A90951" w:rsidRPr="00E04570">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A90951" w:rsidRPr="00E04570">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD17C68" w14:textId="660BDACD" w:rsidR="002C2F49" w:rsidRPr="004D031C" w:rsidRDefault="002C2F49" w:rsidP="00717D11"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5BD17C68" w14:textId="04CD3FBB" w:rsidR="002C2F49" w:rsidRPr="004D031C" w:rsidRDefault="006C757E" w:rsidP="00717D11">
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F771034" wp14:editId="4C29E5D5">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F771034" wp14:editId="0E12766F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1905</wp:posOffset>
+                  <wp:posOffset>8074</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>5079</wp:posOffset>
+                  <wp:posOffset>74567</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6187440" cy="47625"/>
-                <wp:effectExtent l="0" t="0" r="22860" b="28575"/>
+                <wp:extent cx="6187440" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="623844360" name="Düz Bağlayıcı 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6187440" cy="47625"/>
+                          <a:ext cx="6187440" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="56C70106" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from=".15pt,.4pt" to="487.35pt,4.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANuYsk2gEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJu6FZR05XYCi4I&#10;Kr7uXmfcWPKXbNOk/Bl+w9650R/G2GkD2kVIIC6WPTPvzbyXyfpm0IocwAdpTUPns5ISMNy20uwb&#10;+vHDy2crSkJkpmXKGmjoEQK92Tx9su5dDQvbWdWCJ0hiQt27hnYxurooAu9AszCzDgwmhfWaRXz6&#10;fdF61iO7VsWiLJdFb33rvOUQAka3Y5JuMr8QwONbIQJEohqKs8V8+nzepbPYrFm998x1kp/HYP8w&#10;hWbSYNOJassiI5+9fESlJfc2WBFn3OrCCiE5ZA2oZl4+UPO+Yw6yFjQnuMmm8P9o+ZvDzhPZNnS5&#10;uFpV1dUSXTJM46fafv/2hbxgp6+KHU/3/HRP5smu3oUaUbdm58+v4HY+aR+E10Qo6T7hJmQ3UB8Z&#10;stnHyWwYIuEYXM5X11WF3Tjmquvl4nliL0aaROd8iK/AapIuDVXSJC9YzQ6vQxxLLyUprEyKpenG&#10;efItHhWMyXcgUCb2HSfLCwa3ypMDw9VgnIOJWR9OoAxWJ5iQSk3AMnf/I/Bcn6CQl+9vwBMid7Ym&#10;TmAtjfW/6x6Hy8hirL84MOpOFtzZ9pi/VLYGtyh7fN74tKa/vjP853+5+QEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAJ9QtGTXAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMjk1PwzAQRO9I/Q/WVuJGnX6I&#10;0hCnqlp6RhSQenTjJQnY68h22+Tfs5zocTSjN69Y986KC4bYelIwnWQgkCpvWqoVfLzvH55AxKTJ&#10;aOsJFQwYYV2O7gqdG3+lN7wcUi0YQjHXCpqUulzKWDXodJz4Dom7Lx+cThxDLU3QV4Y7K2dZ9iid&#10;bokfGt3htsHq53B2CqKtX76Hz8HvZiYMu3084ut0odT9uN88g0jYp/8x/OmzOpTsdPJnMlFYBXPe&#10;KWB77lbLxRLEieMcZFnIW/fyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA25iyTaAQAA&#10;3wMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ9QtGTX&#10;AAAAAwEAAA8AAAAAAAAAAAAAAAAANAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" strokecolor="#4579b8 [3044]"/>
+              <v:line w14:anchorId="6755FF0E" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from=".65pt,5.85pt" to="487.85pt,5.85pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSvpFbqAEAAKUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P1DAMvSPxH6LcmXZWq2VVTWcPu4IL&#10;ghVf92zqTCMlceSEaeff46QzXQQICcQlSm2/Z78Xd3c3eyeOQMli6OV200oBQeNgw6GXXz6/eXUr&#10;RcoqDMphgF6eIMm7/csXuyl2cIUjugFIMElI3RR7OeYcu6ZJegSv0gYjBE4aJK8yf9KhGUhNzO5d&#10;c9W2N82ENERCDSlx9GFJyn3lNwZ0/mBMgixcL3m2XE+q51M5m/1OdQdScbT6PIb6hym8soGbrlQP&#10;KivxjewvVN5qwoQmbzT6Bo2xGqoGVrNtf1LzaVQRqhY2J8XVpvT/aPX74314JLZhiqlL8ZGKitmQ&#10;F8bZ+JXftOriScVcbTuttsGchebgzfb29fU1u6svuWahKFSRUn4L6EW59NLZUBSpTh3fpcxtufRS&#10;UsIulNjzLPWWTw6W5Ecwwg7cc5mqrgncOxJHxQ+stIaQt+VRmdYFri4wY51bgW3t/kfgub5Aoa7Q&#10;34BXRO2MIa9gbwPS77rn+TKyWeovDiy6iwVPOJzqK1VreBeqwvPelmX78bvCn/+u/XcAAAD//wMA&#10;UEsDBBQABgAIAAAAIQCb+/+n2QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BT8MwDIXvSPyH&#10;yEjcWNoBG3RNJ8TYGW2AxDFrvLaQOFWSbe2/x4gDO9nP7+n5K5eDs+KIIXaeFOSTDARS7U1HjYL3&#10;t/XNA4iYNBltPaGCESMsq8uLUhfGn2iDx21qBJdQLLSCNqW+kDLWLTodJ75HYm/vg9OJZWikCfrE&#10;5c7KaZbNpNMd8YdW9/jcYv29PTgF0TYvX+PH6FdTE8bVOn7ia36n1PXV8LQAkXBI/2H4xWd0qJhp&#10;5w9korCsbznII5+DYPtxfs/L7u8gq1Ke81c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJK+kVuoAQAApQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAJv7/6fZAAAABwEAAA8AAAAAAAAAAAAAAAAAAgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAAIBQAAAAA=&#10;" strokecolor="#4579b8 [3044]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00A90951" w:rsidRPr="00E04570">
-[...4 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="74604D3F" w14:textId="7ABB76E6" w:rsidR="002C2F49" w:rsidRPr="00E04570" w:rsidRDefault="00A90951" w:rsidP="00A90951">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E04570">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E04570">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1EA94304" w14:textId="7ACBC2B2" w:rsidR="00717D11" w:rsidRPr="004D031C" w:rsidRDefault="00717D11" w:rsidP="00717D11"/>
     <w:p w14:paraId="5E7CB1CA" w14:textId="17CA1B40" w:rsidR="00717D11" w:rsidRPr="004D031C" w:rsidRDefault="00717D11" w:rsidP="00524F41">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Type or paste t</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BF091D">
+        <w:t>Type</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>he title of your article here, a</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> concise and informative title of the study (14-point, Time bolt, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>left</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>-aligned, 1 spaced, the first letter of the first word capitalized, other words begin with lowercase)</w:t>
+        <w:t>paste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF091D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BF091D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF091D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BF091D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF091D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BF091D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF091D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> here, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>concise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>informative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (14-point, Time </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>bolt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>left</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-aligned</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>spaced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>first</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>letter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>first</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>capitalized</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>begin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>lowercase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70BD7B34" w14:textId="77777777" w:rsidR="00717D11" w:rsidRPr="00AE2F1E" w:rsidRDefault="00717D11" w:rsidP="00524F41">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F39CB25" w14:textId="77777777" w:rsidR="002C2F49" w:rsidRPr="00AE2F1E" w:rsidRDefault="002C2F49" w:rsidP="00524F41">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="302C7E84" w14:textId="71D78C71" w:rsidR="00717D11" w:rsidRPr="004D031C" w:rsidRDefault="00242106" w:rsidP="00524F41">
+    <w:p w14:paraId="302C7E84" w14:textId="3BE46793" w:rsidR="00717D11" w:rsidRPr="004D031C" w:rsidRDefault="00242106" w:rsidP="00524F41">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF091D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CE32181" wp14:editId="34631501">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CE32181" wp14:editId="1877D04F">
             <wp:extent cx="108000" cy="108000"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:docPr id="893500827" name="Resim 4" descr="daire, simge, sembol, grafik, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="893500827" name="Resim 4" descr="daire, simge, sembol, grafik, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu">
                       <a:hlinkClick r:id="rId11"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:duotone>
                         <a:schemeClr val="accent3">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
@@ -625,389 +870,1746 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="108000" cy="108000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Name Surname</w:t>
+        <w:t xml:space="preserve">Name </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Surname</w:t>
       </w:r>
       <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">*, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D031C">
+      <w:r w:rsidR="00637289" w:rsidRPr="00BF091D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="012238CE" wp14:editId="3BD0AF3B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05D24D35" wp14:editId="6FE8A7EB">
             <wp:extent cx="108000" cy="108000"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="813863425" name="Resim 813863425" descr="daire, simge, sembol, grafik, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu">
+            <wp:docPr id="52659712" name="Resim 4" descr="daire, simge, sembol, grafik, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="893500827" name="Resim 4" descr="daire, simge, sembol, grafik, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu">
                       <a:hlinkClick r:id="rId11"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:duotone>
                         <a:schemeClr val="accent3">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="108000" cy="108000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Name Surname</w:t>
+        <w:t xml:space="preserve">Name </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Surname</w:t>
       </w:r>
       <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E04570" w:rsidRPr="004D031C">
+      <w:r w:rsidR="00637289" w:rsidRPr="00BF091D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7533B106" wp14:editId="387116A3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44664CB1" wp14:editId="2398F76C">
             <wp:extent cx="108000" cy="108000"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="1492673086" name="Resim 1492673086" descr="daire, simge, sembol, grafik, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu">
+            <wp:docPr id="1779610826" name="Resim 4" descr="daire, simge, sembol, grafik, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="893500827" name="Resim 4" descr="daire, simge, sembol, grafik, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu">
                       <a:hlinkClick r:id="rId11"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:duotone>
                         <a:schemeClr val="accent3">
                           <a:shade val="45000"/>
                           <a:satMod val="135000"/>
                         </a:schemeClr>
                         <a:prstClr val="white"/>
                       </a:duotone>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="108000" cy="108000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Name Surname</w:t>
+        <w:t xml:space="preserve">Name </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Surname</w:t>
       </w:r>
       <w:r w:rsidR="00717D11" w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="35FE54E9" w14:textId="77777777" w:rsidR="00717D11" w:rsidRPr="004D031C" w:rsidRDefault="00717D11" w:rsidP="00524F41">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="790C4901" w14:textId="00E53348" w:rsidR="00717D11" w:rsidRPr="000020A2" w:rsidRDefault="00717D11" w:rsidP="00524F41">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000020A2">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000020A2">
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
-        <w:t>… University, … Faculty, … Department, Postal Code-City, Country</w:t>
+        <w:t xml:space="preserve">… University, … </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, … Department, Postal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>-City, Country</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6759ADD0" w14:textId="268E5276" w:rsidR="00717D11" w:rsidRPr="000020A2" w:rsidRDefault="00717D11" w:rsidP="00524F41">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000020A2">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000020A2">
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
-        <w:t>… University, … Faculty, … Department, Postal Code-City, Country</w:t>
+        <w:t xml:space="preserve">… University, … </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, … Department, Postal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>-City, Country</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04034546" w14:textId="16E4AFF3" w:rsidR="00717D11" w:rsidRPr="00BF091D" w:rsidRDefault="00717D11" w:rsidP="00524F41">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000020A2">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000020A2">
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
-        <w:t>… University, … Faculty, … Department, Postal Code-City, Country</w:t>
+        <w:t xml:space="preserve">… University, … </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, … Department, Postal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000020A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>-City, Country</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7088C414" w14:textId="77777777" w:rsidR="00717D11" w:rsidRPr="004D031C" w:rsidRDefault="00717D11" w:rsidP="00717D11">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A026CA1" w14:textId="28FAC5EC" w:rsidR="007345D5" w:rsidRPr="004D031C" w:rsidRDefault="007345D5" w:rsidP="00717D11">
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Abstract:</w:t>
       </w:r>
       <w:r w:rsidRPr="004D031C">
-        <w:t xml:space="preserve"> The abstract must be written in accordance with English language rules, in Tim</w:t>
-[...4 lines deleted...]
-        <w:t>es New Roman font, with a font size of 10, and single line spacing. Do not alter the margins in the right-left or top-bottom directions. Please refrain from making any changes to the sections titled "Received," "Accepted," and "Online Publication." The volume, issue, and page number information will be updated by our team upon publication. Please do not make any changes in these sections.</w:t>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>written</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>rules</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, in Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> size of 10, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> line </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>spacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. Do not alter the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>margins</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>right-left</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> top-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>bottom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>directions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>refrain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>making</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>changes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>sections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>titled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Received</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>," "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Accepted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">," and "Online </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">." The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>volume</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>issue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>will</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>updated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>our</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>team</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>upon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> do not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>make</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>changes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>these</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>sections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
-        <w:t>References and abbreviations should be avoided.</w:t>
+        <w:t>References</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>abbreviations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>avoided</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002261CB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
-        <w:t xml:space="preserve">The abstract must be written in accordance with English language rules, in Times New Roman font, with a font size of 10, and single line spacing. Do not alter the margins in the right-left or top-bottom directions. Please refrain from making any changes to the sections titled "Received," "Accepted," and "Online Publication." The volume, issue, and page number information will be updated by our team upon publication. Please do not make any changes in these sections. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>written</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>rules</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, in Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> size of 10, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> line </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>spacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. Do not alter the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>margins</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>right-left</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> top-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>bottom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>directions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>refrain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>making</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>changes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>sections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>titled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>Received</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>," "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>Accepted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">," and "Online </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>Publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">." The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>volume</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>issue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>will</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>updated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>our</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>team</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>upon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> do not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>make</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>changes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>these</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>sections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
-        <w:t>References and abbreviations should be avoided.</w:t>
+        <w:t>References</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>abbreviations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>avoided</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002261CB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
-        <w:t>The abstract must be written in accordance with English language rules, in Times New Roman font, with a font size of 10, and single line spacing. Do not alter the margins in the right-left or top-bottom directions. Please refrain from making any changes to the sections titled "Received," "Accepted," and "Online Publication." The volume, issue, and page number information will be updated by our team upon publication. Please do not make any changes in these sections.</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>written</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>rules</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, in Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> size of 10, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> line </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>spacing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. Do not alter the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>margins</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>right-left</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> top-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>bottom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>directions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>refrain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>making</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>changes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>sections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>titled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>Received</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>," "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>Accepted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">," and "Online </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>Publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">." The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>volume</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>issue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>will</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>updated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>our</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>team</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>upon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> do not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>make</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>changes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>these</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>sections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA66B9" w:rsidRPr="004D031C">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002261CB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
-        <w:t>References and abbreviations should be avoided.</w:t>
+        <w:t>References</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>abbreviations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>avoided</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B65C97" w14:textId="77777777" w:rsidR="004D5053" w:rsidRPr="004D031C" w:rsidRDefault="004D5053" w:rsidP="007345D5"/>
     <w:p w14:paraId="0B2A6465" w14:textId="36918466" w:rsidR="004D5053" w:rsidRPr="004D031C" w:rsidRDefault="005A2237" w:rsidP="007345D5">
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004D031C">
         <w:t>: Key 1, Key 2, Key 3</w:t>
       </w:r>
       <w:r w:rsidR="00E04570">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004D031C">
         <w:t xml:space="preserve"> Key 4, Key 5</w:t>
       </w:r>
       <w:r w:rsidR="002261CB">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
-        <w:t>Please write at least 3 and at most 5 keywords</w:t>
-      </w:r>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>write</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>least</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> 3 and at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>most</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261CB" w:rsidRPr="002261CB">
+        <w:t>keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002261CB">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41E2875D" w14:textId="77777777" w:rsidR="004D5053" w:rsidRPr="004D031C" w:rsidRDefault="004D5053" w:rsidP="007345D5"/>
     <w:p w14:paraId="1D9362F1" w14:textId="77777777" w:rsidR="004D5053" w:rsidRPr="004D031C" w:rsidRDefault="004D5053" w:rsidP="007345D5"/>
     <w:p w14:paraId="603B04B7" w14:textId="77777777" w:rsidR="004D5053" w:rsidRPr="004D031C" w:rsidRDefault="004D5053" w:rsidP="007345D5"/>
     <w:p w14:paraId="10AA9EFB" w14:textId="77777777" w:rsidR="004D5053" w:rsidRPr="004D031C" w:rsidRDefault="004D5053" w:rsidP="007345D5"/>
     <w:p w14:paraId="62AA05E9" w14:textId="77777777" w:rsidR="004D5053" w:rsidRPr="004D031C" w:rsidRDefault="004D5053" w:rsidP="007345D5"/>
     <w:p w14:paraId="6CADAD62" w14:textId="77777777" w:rsidR="001C2455" w:rsidRPr="004D031C" w:rsidRDefault="001C2455" w:rsidP="006C5940">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="001C2455" w:rsidRPr="004D031C" w:rsidSect="008C4F94">
           <w:headerReference w:type="even" r:id="rId13"/>
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:footerReference w:type="even" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:footnotePr>
             <w:numFmt w:val="chicago"/>
@@ -1016,51 +2618,50 @@
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="993" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B3BDCE7" w14:textId="2F3B3407" w:rsidR="00A57C48" w:rsidRPr="004D031C" w:rsidRDefault="00A57C48">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BFA55C9" w14:textId="3F0057FA" w:rsidR="006C5940" w:rsidRPr="004D031C" w:rsidRDefault="00C03B44" w:rsidP="008F3A8A">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00BD52AD" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
@@ -1069,394 +2670,1889 @@
         <w:t>INTRODUCTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DB9C28E" w14:textId="77777777" w:rsidR="00C03B44" w:rsidRPr="003D5D65" w:rsidRDefault="00C03B44" w:rsidP="006C5940">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36276F20" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00E31173">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>MAIN HEADINGS should be in uppercase and set in Times New Roman, 10-point, single-spaced, and justified.</w:t>
+        <w:t xml:space="preserve">MAIN HEADINGS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uppercase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and set in Times New Roman, 10-point, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single-spaced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>justified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21DEF2B2" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="011168DD" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00E31173">
-      <w:r w:rsidRPr="004D031C">
-        <w:t>Insert text with a single line space between the heading "INTRODUCTION" and the text below it. Additionally, ensure that there is one blank line at the beginning of each paragraph within this section.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Insert</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> line </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>space</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> between the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> "INTRODUCTION" and the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>below</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> it. Additionally, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>there</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>one</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>blank</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> line at the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>beginning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>within</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F0A3BB" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11C5EE51" w14:textId="744495C4" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00524FB6" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>emember to separate each paragraph from the previous one with a single blank line.</w:t>
+        <w:t>emember</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>separate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>previous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>blank</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA3738" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> line.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71544CF0" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="110091AD" w14:textId="6CE8BEAE" w:rsidR="00FF7740" w:rsidRPr="00FF7740" w:rsidRDefault="00524FB6" w:rsidP="00FF7740">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00524FB6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please ensure that each reference cited in the text is also presented in the reference list. Cite literature in the text in chronological, followed by alphabetical order like these examples “(Nedzvetsky et al., 2012; Palau et al., 2016; Kirici, 2017a, 2017b; </w:t>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reference </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>also</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>presented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the reference </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>chronological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>followed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>alphabetical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>order</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>like</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>these</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>examples</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nedzvetsky</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al., 2012; Palau et al., 2016; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kirici</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2017a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2017b; </w:t>
       </w:r>
       <w:r w:rsidR="00F634FF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Özdemir, 2017; </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00524FB6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Kirici &amp; Atamanalp, 2018)”. If the cited reference is the subject of a sentence, only the date should be given in parentheses. Formatted like this example: “Özdemir (2017)”</w:t>
+        <w:t>Kirici</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Atamanalp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2018)”. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reference is the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>subject</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sentence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>parentheses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Formatted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>like</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: “Özdemir (2017)”</w:t>
       </w:r>
       <w:r w:rsidR="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, “</w:t>
       </w:r>
       <w:r w:rsidR="00FF7740" w:rsidRPr="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Perez &amp; Yilmaz (2020)</w:t>
+        <w:t xml:space="preserve">Perez &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FF7740" w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yilmaz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF7740" w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2020)</w:t>
       </w:r>
       <w:r w:rsidR="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>”, “</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FF7740" w:rsidRPr="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Atamanalp et al. (2023)</w:t>
+        <w:t>Atamanalp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF7740" w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al. (2023)</w:t>
       </w:r>
       <w:r w:rsidR="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00524FB6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>or “Caf (2017a, 2017b)”.</w:t>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Caf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2017a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00524FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 2017b)”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4077243F" w14:textId="66C42BDA" w:rsidR="00FF7740" w:rsidRDefault="00FF7740" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2910C243" w14:textId="77777777" w:rsidR="00CE0833" w:rsidRDefault="00FF7740" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Each page must be numbered.</w:t>
+        <w:t>Each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>numbered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE0833" w:rsidRPr="00CE0833">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Use italics for emphasis or Latin names</w:t>
-      </w:r>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE0833" w:rsidRPr="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE0833" w:rsidRPr="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>italics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE0833" w:rsidRPr="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE0833" w:rsidRPr="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>emphasis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE0833" w:rsidRPr="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE0833" w:rsidRPr="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE0833" w:rsidRPr="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Latin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE0833" w:rsidRPr="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>names</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CE0833">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="448F8B22" w14:textId="77777777" w:rsidR="00CE0833" w:rsidRDefault="00CE0833" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43194CDF" w14:textId="4122E8B5" w:rsidR="00CE0833" w:rsidRDefault="00FF7740" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Use only </w:t>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE0833">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>SI (international system) units.</w:t>
+        <w:t>SI (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>international</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>system</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>units</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE0833">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73464F87" w14:textId="77777777" w:rsidR="002547C7" w:rsidRDefault="002547C7" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="678F34F6" w14:textId="405D84D3" w:rsidR="00FF7740" w:rsidRDefault="00FF7740" w:rsidP="00FF7740">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Use a period in decimal fractions (3.16 rather than 3,16).</w:t>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>decimal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>fractions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3.16 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rather</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>than</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3,16).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EBD7302" w14:textId="77777777" w:rsidR="002547C7" w:rsidRPr="00FF7740" w:rsidRDefault="002547C7" w:rsidP="00FF7740">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BEFBD5F" w14:textId="0B3DDF9C" w:rsidR="00FF7740" w:rsidRDefault="00FF7740" w:rsidP="00FF7740">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Use " µg/L", not " µg L</w:t>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> " µg/L", not " µg L</w:t>
       </w:r>
       <w:r w:rsidRPr="00F634FF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-1</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ".</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FB80B4F" w14:textId="77777777" w:rsidR="002547C7" w:rsidRPr="00FF7740" w:rsidRDefault="002547C7" w:rsidP="00FF7740">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3740E557" w14:textId="069F6342" w:rsidR="00FF7740" w:rsidRDefault="00FF7740" w:rsidP="00FF7740">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">With space 2 h, 2 g, 2 m, </w:t>
+        <w:t>With</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>space</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 h, 2 g, 2 m, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BAF7E1F" w14:textId="77777777" w:rsidR="002547C7" w:rsidRPr="00FF7740" w:rsidRDefault="002547C7" w:rsidP="00FF7740">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="687A0AAE" w14:textId="4FAB0FF3" w:rsidR="00FF7740" w:rsidRDefault="00FF7740" w:rsidP="00FF7740">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Without space 4°C, 4%</w:t>
+        <w:t>Without</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>space</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4°C, 4%</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FB1C2FB" w14:textId="77777777" w:rsidR="00FF7740" w:rsidRPr="004D031C" w:rsidRDefault="00FF7740" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3533C107" w14:textId="657832FA" w:rsidR="002C27E6" w:rsidRPr="004D031C" w:rsidRDefault="002C27E6" w:rsidP="008F3A8A">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
@@ -1528,243 +4624,1804 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1D80F992" w14:textId="49B8F544" w:rsidR="002C27E6" w:rsidRPr="00302E35" w:rsidRDefault="002C27E6" w:rsidP="002C27E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03B25B46" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Under this heading, the text you add should be in Times New Roman, 10-point font, single-spaced, and justified. The same formatting rules apply to the "INTRODUCTION" heading. All main headings should be in uppercase and bold.</w:t>
+        <w:t xml:space="preserve">Under </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>add</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in Times New Roman, 10-point </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single-spaced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>justified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>same</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>formatting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rules</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>apply</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the "INTRODUCTION" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> main </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>headings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uppercase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bold</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C644B71" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EAF2509" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>For studies requiring an ethics committee approval document, please specify the relevant document number in this section.</w:t>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>requiring</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ethics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>committee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>approval</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>document</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>document</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="002CB532" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="451048FD" w14:textId="4E2FFA5B" w:rsidR="00B96990" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Subheadings within this section are also allowed.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Subheadings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>also</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>allowed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F8FAE41" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CCCE442" w14:textId="0515C0DC" w:rsidR="002C27E6" w:rsidRPr="004D031C" w:rsidRDefault="002C27E6" w:rsidP="00A57C48">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:t xml:space="preserve">2.1. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B96990" w:rsidRPr="004D031C">
         <w:t>Mater</w:t>
       </w:r>
       <w:r w:rsidR="00BD52AD" w:rsidRPr="004D031C">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00B96990" w:rsidRPr="004D031C">
-        <w:t xml:space="preserve">al </w:t>
+        <w:t>al</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96990" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD52AD" w:rsidRPr="004D031C">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00B96990" w:rsidRPr="004D031C">
-        <w:t xml:space="preserve"> Met</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96990" w:rsidRPr="004D031C">
+        <w:t>Met</w:t>
       </w:r>
       <w:r w:rsidR="00BD52AD" w:rsidRPr="004D031C">
         <w:t>hod</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B96990" w:rsidRPr="004D031C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BD52AD" w:rsidRPr="004D031C">
         <w:t>Subheading</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7B5D835A" w14:textId="77777777" w:rsidR="002C27E6" w:rsidRPr="006C783C" w:rsidRDefault="002C27E6" w:rsidP="002C27E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40171D80" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Under this heading, the text you include should be in Times New Roman, 10-point font, single-spaced, and justified. Subheadings should follow title case formatting, with the initial letter of each word capitalized and the rest in lowercase.</w:t>
+        <w:t xml:space="preserve">Under </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in Times New Roman, 10-point </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single-spaced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>justified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Subheadings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>follow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>case</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>formatting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>initial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>letter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>capitalized</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the rest in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lowercase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51D396F5" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27077D01" w14:textId="3D531E94" w:rsidR="00B96990" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...14 lines deleted...]
-        <w:t>in the left cell, and the equation number should be right-aligned in the right cell.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>equations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, they </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>presented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single-row</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hidden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>borders</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>consisting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of two </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cells</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>equation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>centered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>left</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cell, and the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>equation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>right-aligned</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>right</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cell.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A921174" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="520"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B96990" w:rsidRPr="004D031C" w14:paraId="2370A6BD" w14:textId="77777777" w:rsidTr="00A10353">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65534EC0" w14:textId="77777777" w:rsidR="00B96990" w:rsidRPr="004D031C" w:rsidRDefault="00F21480" w:rsidP="00B96990">
+          <w:p w14:paraId="65534EC0" w14:textId="77777777" w:rsidR="00B96990" w:rsidRPr="004D031C" w:rsidRDefault="00000000" w:rsidP="00B96990">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSup>
                   <m:sSupPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSupPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       </w:rPr>
                       <m:t>a</m:t>
                     </m:r>
                   </m:e>
                   <m:sup>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -1850,103 +6507,735 @@
             </w:pPr>
             <w:r w:rsidRPr="004D031C">
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33B97900" w14:textId="77777777" w:rsidR="00B96990" w:rsidRPr="004D031C" w:rsidRDefault="00B96990" w:rsidP="002C27E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D63D4C2" w14:textId="1497D62C" w:rsidR="00B96990" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="002C27E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Certainly, there should be a single blank line both before and after paragraphs containing equations.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Certainly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>there</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>blank</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> line both </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>after</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>paragraphs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>containing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>equations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E5F590" w14:textId="77777777" w:rsidR="00B96990" w:rsidRPr="004D031C" w:rsidRDefault="00B96990" w:rsidP="002C27E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="760A5C1E" w14:textId="720EF0B9" w:rsidR="00B96990" w:rsidRPr="004D031C" w:rsidRDefault="00B96990" w:rsidP="00A57C48">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:t xml:space="preserve">2.1.1. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F04FFF" w:rsidRPr="004D031C">
-        <w:t>Subheading and subheading</w:t>
-      </w:r>
+        <w:t>Subheading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F04FFF" w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F04FFF" w:rsidRPr="004D031C">
+        <w:t>subheading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="067CDDB1" w14:textId="77777777" w:rsidR="00B96990" w:rsidRPr="004D031C" w:rsidRDefault="00B96990" w:rsidP="00B96990">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="478CB9A0" w14:textId="05DC3EE8" w:rsidR="00BA3738" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Under this heading, the text you add should be in Times New Roman, 10-point font, single-spaced, and justified. Subheadings at a lower level should follow sentence case formatting, with only the initial letter of the first word capitalized and the rest in lowercase.</w:t>
+        <w:t xml:space="preserve">Under </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>add</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in Times New Roman, 10-point </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single-spaced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>justified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Subheadings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lower</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>follow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sentence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>case</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>formatting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>initial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>letter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>first</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>word</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>capitalized</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the rest in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lowercase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D65F6B6" w14:textId="77777777" w:rsidR="006C783C" w:rsidRPr="004D031C" w:rsidRDefault="006C783C" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E5C0EF7" w14:textId="1B863085" w:rsidR="003322EE" w:rsidRPr="004D031C" w:rsidRDefault="003322EE" w:rsidP="008F3A8A">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
@@ -1974,111 +7263,733 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6CB6DDB0" w14:textId="77777777" w:rsidR="003322EE" w:rsidRPr="004D031C" w:rsidRDefault="003322EE" w:rsidP="003322EE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="297DF981" w14:textId="77777777" w:rsidR="00BA3738" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Under this heading, the text you add should be in Times New Roman, 10-point font, single-spaced, and justified.</w:t>
+        <w:t xml:space="preserve">Under </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>add</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in Times New Roman, 10-point </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single-spaced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>justified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60D98B59" w14:textId="11D7EC02" w:rsidR="00BA3738" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2385B8AF" w14:textId="5085BEC1" w:rsidR="00010F7D" w:rsidRPr="00010F7D" w:rsidRDefault="00010F7D" w:rsidP="00010F7D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00010F7D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>esults should be clear and concise. All outputs and consequences of applied methods and analyses must be given here.</w:t>
+        <w:t xml:space="preserve">esults </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>clear</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>concise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>outputs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>consequences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>applied</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>methods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>analyses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> here.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADABE6A" w14:textId="77777777" w:rsidR="00010F7D" w:rsidRPr="004D031C" w:rsidRDefault="00010F7D" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A5A51FC" w14:textId="47B1D99E" w:rsidR="00B96990" w:rsidRPr="004D031C" w:rsidRDefault="00BA3738" w:rsidP="00BA3738">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">If the study includes objects such as tables, graphs, images, or figures, they should be presented as shown in the examples below. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>objects</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>graphs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>images</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>figures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, they </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>presented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>shown</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>examples</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360812EE" w14:textId="77777777" w:rsidR="003322EE" w:rsidRPr="004D031C" w:rsidRDefault="003322EE" w:rsidP="002C27E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ECAFAE4" w14:textId="3B8545D0" w:rsidR="003322EE" w:rsidRPr="004D031C" w:rsidRDefault="00312587" w:rsidP="006C783C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
@@ -2148,135 +8059,1623 @@
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Figure</w:t>
       </w:r>
       <w:r w:rsidR="003322EE" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.</w:t>
       </w:r>
       <w:r w:rsidR="003322EE" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00312587" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Description of the information presented in the figure</w:t>
-      </w:r>
+        <w:t>Description</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00312587" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00312587" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00312587" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00312587" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>presented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00312587" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00312587" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5ED9AD1C" w14:textId="77777777" w:rsidR="00A41A50" w:rsidRPr="004D031C" w:rsidRDefault="00A41A50" w:rsidP="00312587">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="403DA482" w14:textId="0286C49F" w:rsidR="00312587" w:rsidRDefault="00312587" w:rsidP="00312587">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The caption text should be in Times New Roman font, size 8, </w:t>
-      </w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in Times New Roman </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, size 8, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A41A50">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>centered</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>, with no space between the caption and the image. There should be a single blank line between the image and the preceding paragraph.</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>space</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> between the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>image</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>There</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>blank</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> line between the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>image</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>preceding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0731ACEE" w14:textId="24CD04D6" w:rsidR="00A41A50" w:rsidRDefault="00A41A50" w:rsidP="00312587">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="683F3FBC" w14:textId="2BF5CEA8" w:rsidR="00A41A50" w:rsidRPr="004D031C" w:rsidRDefault="00A41A50" w:rsidP="00312587">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A41A50">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">All illustrations should be labeled ‘Figure’ and numbered in consecutive Arabic numbers, Figure 1, Figure 2, etc. the text and do not attach captions to the figure. If panels of a figure are labeled (a, b, etc.) use the same case when referring to these panels in the text. Figures, which are recommended for electronic formats such as PNG, JPEG. TIFF (min. 300 dpi) should be also arranged in available dimensions. Place all Figures next to the relevant text in the manuscript. All symbols and </w:t>
-      </w:r>
+        <w:t>All</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A41A50">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>illustrations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>labeled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘Figure’ and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>numbered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>consecutive</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Arabic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>numbers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Figure 1, Figure 2, etc. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and do not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>attach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>captions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>panels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>labeled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (a, b, etc.) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>same</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>case</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>when</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>referring</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>these</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>panels</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>recommended</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>electronic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>formats</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as PNG, JPEG. TIFF (min. 300 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dpi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>also</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>arranged</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dimensions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Place</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>next</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>symbols</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>abbreviations can be given in the figure caption. Font sizes size should be 8 point. The figure caption should be below the figure body.</w:t>
+        <w:t>abbreviations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sizes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> size </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be 8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>point</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A41A50">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> body.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59134046" w14:textId="26114550" w:rsidR="00183E86" w:rsidRPr="004D031C" w:rsidRDefault="00183E86" w:rsidP="002C27E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5295965E" w14:textId="0B260CEA" w:rsidR="00183E86" w:rsidRPr="004D031C" w:rsidRDefault="00183E86" w:rsidP="00183E86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
@@ -2298,130 +9697,202 @@
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006D43BA" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Table to add</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006D43BA" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006D43BA" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006D43BA" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>add</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3035"/>
         <w:gridCol w:w="1773"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D031C" w:rsidRPr="004D031C" w14:paraId="13925585" w14:textId="77777777" w:rsidTr="00AD0B25">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3156" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4FB6854A" w14:textId="1A9F21B1" w:rsidR="00183E86" w:rsidRPr="004D031C" w:rsidRDefault="006D43BA" w:rsidP="007A06B5">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D031C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Column Title</w:t>
+              <w:t>Column</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D031C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D031C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28244C5D" w14:textId="267BA11F" w:rsidR="00183E86" w:rsidRPr="004D031C" w:rsidRDefault="006D43BA" w:rsidP="007A06B5">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D031C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Column Title</w:t>
+              <w:t>Column</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D031C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D031C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D031C" w:rsidRPr="004D031C" w14:paraId="1536DC48" w14:textId="77777777" w:rsidTr="00AD0B25">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3156" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FE77899" w14:textId="4A41E8EB" w:rsidR="007A06B5" w:rsidRPr="004D031C" w:rsidRDefault="007A06B5" w:rsidP="007A06B5">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -2437,52 +9908,62 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E0A8902" w14:textId="7F17C4E1" w:rsidR="007A06B5" w:rsidRPr="004D031C" w:rsidRDefault="007A06B5" w:rsidP="007A06B5">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D031C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Information entry</w:t>
+              <w:t xml:space="preserve">Information </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D031C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>entry</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D031C" w:rsidRPr="004D031C" w14:paraId="7BFC3424" w14:textId="77777777" w:rsidTr="00AD0B25">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3156" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74AD85BA" w14:textId="3D9C4AAA" w:rsidR="007A06B5" w:rsidRPr="004D031C" w:rsidRDefault="007A06B5" w:rsidP="007A06B5">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2499,52 +9980,62 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FF02D07" w14:textId="7D3FDC65" w:rsidR="007A06B5" w:rsidRPr="004D031C" w:rsidRDefault="007A06B5" w:rsidP="007A06B5">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D031C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Information entry</w:t>
+              <w:t xml:space="preserve">Information </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D031C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>entry</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D031C" w:rsidRPr="004D031C" w14:paraId="3AAE0A1A" w14:textId="77777777" w:rsidTr="00AD0B25">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3156" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="156937AD" w14:textId="1EF9946E" w:rsidR="007A06B5" w:rsidRPr="004D031C" w:rsidRDefault="007A06B5" w:rsidP="007A06B5">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2562,52 +10053,62 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00899F39" w14:textId="3EAD7F6C" w:rsidR="007A06B5" w:rsidRPr="004D031C" w:rsidRDefault="007A06B5" w:rsidP="007A06B5">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D031C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Information entry</w:t>
+              <w:t xml:space="preserve">Information </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D031C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>entry</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD0B25" w:rsidRPr="004D031C" w14:paraId="246E0DDD" w14:textId="77777777" w:rsidTr="00AD0B25">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3156" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41C64A5C" w14:textId="4E34EFF5" w:rsidR="007A06B5" w:rsidRPr="004D031C" w:rsidRDefault="007A06B5" w:rsidP="007A06B5">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2624,142 +10125,1797 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F1F723A" w14:textId="536635A2" w:rsidR="007A06B5" w:rsidRPr="004D031C" w:rsidRDefault="007A06B5" w:rsidP="007A06B5">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D031C">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Information entry</w:t>
+              <w:t xml:space="preserve">Information </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D031C">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>entry</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2D169541" w14:textId="0B612F9F" w:rsidR="007B40DB" w:rsidRPr="004D031C" w:rsidRDefault="00FF7740" w:rsidP="00D53C18">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF7740">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Note: * indicates significance level is 0.05; ** indicates significance level is 0.01.</w:t>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: * </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>indicates</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>significance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is 0.05; ** </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>indicates</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>significance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF7740">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is 0.01.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C0454A" w14:textId="77777777" w:rsidR="00FF7740" w:rsidRDefault="00FF7740" w:rsidP="008F3A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1101A81E" w14:textId="1416BF94" w:rsidR="008F3A8A" w:rsidRPr="004D031C" w:rsidRDefault="008F3A8A" w:rsidP="008F3A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Table numbering and its caption should be placed above the table. There should be one blank line both before and after the table caption.</w:t>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>numbering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>placed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>above</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>There</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>blank</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> line both </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>after</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>caption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079B3330" w14:textId="77777777" w:rsidR="008F3A8A" w:rsidRPr="004D031C" w:rsidRDefault="008F3A8A" w:rsidP="008F3A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1809D579" w14:textId="3A304C63" w:rsidR="007345D5" w:rsidRDefault="008F3A8A" w:rsidP="00010F7D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>If a table or figure is wide, it can be included as a single column. In such cases, the text before and after the table should continue in a double-column format.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>figure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, it can be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>included</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>column</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cases</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>after</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>continue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>double-column</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> format.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69EF3BD8" w14:textId="122221B4" w:rsidR="00010F7D" w:rsidRDefault="00010F7D" w:rsidP="00010F7D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00010F7D">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Tables should be cited consecutively in the main text and should be submitted as editable text in a Word file. Place footnotes to tables below the table body and indicate them with superscript lowercase letters (or asterisks for significance values and other statistical data). Table numbers should be given consecutively according to their appearance in the text (Table 1, Table 2,...etc). Avoid vertical rules. The data presented in the tables do not duplicate results described elsewhere in the article. No shading line should be used. Use Table format instead of self-produced tables.</w:t>
+        <w:t>Tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>consecutively</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the main </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>editable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a Word file. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Place</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>footnotes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> body and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>indicate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>them</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>superscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lowercase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> letters (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>asterisks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>significance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>values</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>statistical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data). Table </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>numbers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>consecutively</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>according</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>appearance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Table 1, Table </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2,...</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etc). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Avoid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vertical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rules</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>presented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>duplicate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> results </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>described</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>elsewhere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. No </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>shading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> line </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Table format </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>instead</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of self-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>produced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010F7D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76ED6748" w14:textId="77777777" w:rsidR="00010F7D" w:rsidRPr="00010F7D" w:rsidRDefault="00010F7D" w:rsidP="00010F7D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14983670" w14:textId="6C65CA2B" w:rsidR="007B40DB" w:rsidRPr="004D031C" w:rsidRDefault="009D0F1A" w:rsidP="008F3A8A">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
@@ -2796,961 +11952,8453 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6D1AEA" w14:textId="77777777" w:rsidR="007B40DB" w:rsidRPr="00302E35" w:rsidRDefault="007B40DB" w:rsidP="007B40DB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AAE4DA3" w14:textId="3BADE5CC" w:rsidR="009D0F1A" w:rsidRPr="004D031C" w:rsidRDefault="00227B39" w:rsidP="007B40DB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00227B39">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Under this heading, the text you include should be in Times New Roman, 10-point font, single-spaced, and justified. This section should explore the significance of the results of the study, not repeat them. The findings and results must be compared and discussed with available findings in the literature. It can also include recommendations or suggest application of the results for further researches. The formatting instructions provided under the "INTRODUCTION" heading are also applicable to this section.</w:t>
+        <w:t xml:space="preserve">Under </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in Times New Roman, 10-point </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>single-spaced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>justified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>explore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>significance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the results of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>repeat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>them</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and results </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>compared</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>discussed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>also</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>recommendations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>suggest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the results for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>further</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>researches</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>formatting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>instructions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the "INTRODUCTION" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>also</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F33EA1" w14:textId="52463617" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="008F3A8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77BAF9A2" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-        <w:t>Acknowledgments and Funding (if required):</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Acknowledgments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Funding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>if</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09409A97" w14:textId="54CB8096" w:rsidR="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67BA8AEE" w14:textId="77777777" w:rsidR="00227B39" w:rsidRPr="00227B39" w:rsidRDefault="00227B39" w:rsidP="00227B39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00227B39">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Under this heading, you should express gratitude to individuals who provided assistance in your work and acknowledge any financial support received from institutions or organizations. Authors can acknowledge any people/institutions for their supports during the research and specify funding institution with grant number.</w:t>
+        <w:t xml:space="preserve">Under </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>express</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gratitude</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individuals </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>assistance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>acknowledge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>financial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>received</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>institutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>organizations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>acknowledge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>people</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>institutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>funding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>institution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>grant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A70C41E" w14:textId="77777777" w:rsidR="00227B39" w:rsidRPr="00227B39" w:rsidRDefault="00227B39" w:rsidP="00227B39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70721E4E" w14:textId="5320B62C" w:rsidR="00227B39" w:rsidRDefault="00227B39" w:rsidP="00227B39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00227B39">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The section title should be in Times New Roman, 10-point font, and bold. The content within this section should also follow the same formatting style.</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in Times New Roman, 10-point </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bold</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>content</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>also</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>follow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>same</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>formatting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00227B39">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DFA6CF9" w14:textId="77777777" w:rsidR="00227B39" w:rsidRPr="004D031C" w:rsidRDefault="00227B39" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E773673" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-        <w:t>Compliance with Ethical Standards:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Compliance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Standards</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E7097F9" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1082D5CB" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The corresponding author will include a summary statement in the text of the manuscript in a separate </w:t>
-[...8 lines deleted...]
-        <w:t>section before the reference list. See below examples of disclosures:</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>corresponding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>summary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>statement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>separate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the reference </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>See</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>examples</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disclosures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06509847" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CEE92DD" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-        <w:t>Authors’ Contributions:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Contributions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47851588" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5797D5CD" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Please provide the contributions of the authors for the paper. Use the first letters of the names and surnames of the authors. See below for an example;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>contributions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>paper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>first</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> letters of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>names</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>surnames</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>See</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F1F9AD" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C046ABE" w14:textId="39D191C7" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="00227B39" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36A85">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MK</w:t>
       </w:r>
       <w:r w:rsidR="004D031C" w:rsidRPr="00A36A85">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Manuscript design, Field sampling, Draft checking.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Field</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sampling, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Draft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>checking</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1246FD46" w14:textId="3D82A74A" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="00227B39" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36A85">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NK</w:t>
       </w:r>
       <w:r w:rsidR="004D031C" w:rsidRPr="00A36A85">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Writing, Draft checking, Reading, Editing.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Writing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Draft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>checking</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Reading, Editing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67A97D51" w14:textId="4EAB3EFA" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="00227B39" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36A85">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MRT</w:t>
       </w:r>
       <w:r w:rsidR="004D031C" w:rsidRPr="00A36A85">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Laboratory experiments, Statistical analyses.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Laboratory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>experiments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Statistical </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>analyses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D031C" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72798056" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>All authors read and approved the final manuscript.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>read</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>approved</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the final </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A3D56DB" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E39F3E3" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="704E2D9E" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="023904A8" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Any existing conflict of interest should be given here. If no conflict exists, the authors should state:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>existing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> here. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>exists</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6074570E" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A3C8C80" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Conflict of Interest:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> The authors declare that there is no conflict of interest.</w:t>
+        <w:t>Conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>declare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>there</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>conflict</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>interest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE7083B" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D339154" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
-        <w:t>Statement on the Welfare of Animals</w:t>
+        <w:t xml:space="preserve">Statement on the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Welfare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> of Animals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E5B31CF" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B92BA6D" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>If the animals used in the study;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>animals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6706B479" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07466DBD" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The welfare of animals used for research must be respected. When reporting experiments on animals, authors should indicate the following statement:</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>welfare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>animals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>respected</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>When</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reporting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>experiments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>animals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>indicate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>statement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33EC8EBA" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="152C4FB6" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Ethical approval: All applicable international, national, and/or institutional guidelines for the care and use of animals were followed.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>approval</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>international</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>national</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, and/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>institutional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>guidelines</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>care</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>animals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>followed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FFAC04C" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31B012E1" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Or, for retrospective studies; a summary statement in the text of the manuscript should be included as follow:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>retrospective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>summary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>statement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>included</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>follow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AD11176" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5197BFE5" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Ethical approval: For this type of study, formal consent is not required.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>approval</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: For </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>type</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, formal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>consent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A9A0D6" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="178C1A1F" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
-        <w:t>Statement of Human Rights</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Statement of Human </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Rights</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="74D2CBB5" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55DDE4A6" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>When reporting studies that involve human participants, authors should include the following statement:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>When</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reporting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>involve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>human</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>participants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>statement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C99A4EC" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D58CBCC" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ethical approval:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> The studies have been approved by the appropriate institutional and/or national research ethics committee and have been performed in accordance with the ethical standards.</w:t>
+        <w:t>Ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>approval</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>approved</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>institutional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>national</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ethics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>committee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>performed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>standards</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="028F37B1" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B58280A" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Or, for retrospective studies; a summary statement in the text of the manuscript should be included as follow:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>retrospective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>summary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>statement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>included</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>follow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1004DDF5" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25C3ADB6" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ethical approval:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> For this type of study, formal consent is not required.</w:t>
+        <w:t>Ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>approval</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>type</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, formal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>consent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EEBF150" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C956DDF" w14:textId="36E2FC36" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
-        <w:t>Data Availability Statements</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Availability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Statements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2BA4B564" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68CF8BB3" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Data Availability Statements should be placed in the back matter of the manuscript, just before References.</w:t>
+        <w:t xml:space="preserve">Data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Availability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Statements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>placed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>back</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>matter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>just</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2F5214" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B6CB35E" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Examples</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> of Data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Availability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Statements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3429D86B" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44604E59" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>The data that support the findings of this study are available from the corresponding author, [author initials], upon reasonable request.</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>corresponding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>initials</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">], </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>upon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reasonable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DAA7F21" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Data availability is not applicable to this article as no new data were created or analyzed in this study.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>availability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>created</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>analyzed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50DBE3D0" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The authors confirm that the data supporting the findings of this study are available within the article [and/or its supplementary materials].</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>confirm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>supporting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [and/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>supplementary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>materials</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EBF7FB3" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The data that support the findings of this study are openly available in [repository name] at http://doi.org/[doi], reference number [reference number].</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>openly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>repository</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name] at http://doi.org/[doi], reference </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [reference </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3392C767" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The data that support the findings of this study are available from [third party]. Restrictions apply to the availability of these data, which were used under license for this study. Data are available [from the authors / at URL] with the permission of [third party].</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>third</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>party</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Restrictions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>apply</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>availability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>these</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>license</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [from the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / at URL] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>permission</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>third</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>party</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20F877F0" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Raw data were generated at [facility name]. Derived data supporting the findings of this study are available from the corresponding author [initials] on request.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Raw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>generated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>facility</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name]. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Derived</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>supporting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>corresponding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>initials</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="771DEA88" w14:textId="77777777" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The data that support the findings of this study are available on request from the corresponding author, [initials]. The data are not publicly available due to [restrictions e.g., their containing information that could compromise the privacy of research participants].</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>corresponding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>author</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>initials</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>publicly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>due</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>restrictions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>containing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>could</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>compromise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>privacy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>participants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21507DC7" w14:textId="51BB5406" w:rsidR="004D031C" w:rsidRPr="004D031C" w:rsidRDefault="004D031C" w:rsidP="004D031C">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="218"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The data that support the findings of this study will be available in [repository name] at [URL/DOI link] following a [3 month] embargo from the date of publication, to allow for the commercialization of research findings.</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>data</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>repository</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name] at [URL/DOI link] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a [3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>month</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>embargo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>allow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>commercialization</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18316A3B" w14:textId="77777777" w:rsidR="007B40DB" w:rsidRPr="004D031C" w:rsidRDefault="007B40DB" w:rsidP="00D53C18">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AC52556" w14:textId="5265175F" w:rsidR="00E42674" w:rsidRPr="004D031C" w:rsidRDefault="00F04FFF" w:rsidP="008F3A8A">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -3758,803 +20406,4187 @@
         <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38362E28" w14:textId="77777777" w:rsidR="00B1364D" w:rsidRPr="00302E35" w:rsidRDefault="00B1364D" w:rsidP="000849A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="771CB296" w14:textId="6C340FD8" w:rsidR="00800118" w:rsidRPr="004D031C" w:rsidRDefault="008F3A8A" w:rsidP="00800118">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The references section should be formatted in Times New Roman, 10-point font, and justified. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>references</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>formatted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Times New Roman, 10-point </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>justified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Please follow American Psychological Association (APA) 7th Style for references and citations. Please kindly see the guides on this page for citations in the text and reference list.</w:t>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>follow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> American </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Psychological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Association</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (APA) 7th Style for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>references</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>citations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kindly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>see</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>guides</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>citations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and reference </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C45A3" w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00800118" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Hanging indent paragraph style should be used</w:t>
-      </w:r>
+        <w:t>Hanging</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>indent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>style</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001767BB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (0,75 cm)</w:t>
       </w:r>
       <w:r w:rsidR="001767BB" w:rsidRPr="001767BB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B55723A" w14:textId="77777777" w:rsidR="00800118" w:rsidRPr="004D031C" w:rsidRDefault="00800118" w:rsidP="00800118">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76A723D7" w14:textId="580BE566" w:rsidR="00800118" w:rsidRPr="001767BB" w:rsidRDefault="00800118" w:rsidP="00800118">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001767BB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Citation in the text;</w:t>
+        <w:t>Citation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001767BB">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A7CBF9D" w14:textId="0516E426" w:rsidR="002C45A3" w:rsidRDefault="00800118" w:rsidP="00800118">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...5 lines deleted...]
-        <w:t>Please ensure that each reference cited in the text is also presented in the reference list. Cite literature in the text in chronological, followed by alphabetical order like these examples “(Nedzvetsky et al., 2012; Palau et al., 2016; Kirici, 2017a, 2017b; Kirici &amp; Atamanalp, 2018)”. If the cited reference is the subject of a sentence, only the date should be given in parentheses. Formatted like this example: “Özdemir (2017)” or “Caf (2017a, 2017b)”.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reference </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>also</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>presented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the reference </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>chronological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>followed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>alphabetical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>order</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>like</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>these</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>examples</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nedzvetsky</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al., 2012; Palau et al., 2016; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kirici</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2017a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2017b; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kirici</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Atamanalp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2018)”. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reference is the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>subject</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sentence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>date</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>given</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>parentheses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Formatted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>like</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: “Özdemir (2017)” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Caf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2017a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 2017b)”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3155A641" w14:textId="3ECFBB2F" w:rsidR="00D37428" w:rsidRPr="004D031C" w:rsidRDefault="00D37428" w:rsidP="00800118"/>
     <w:p w14:paraId="3F36DB98" w14:textId="755EED5E" w:rsidR="00CA30E0" w:rsidRPr="00CA30E0" w:rsidRDefault="00800118" w:rsidP="00CA30E0">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Atamanalp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, M., Kırıcı, M., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Koktürk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, M., Kırıcı, M., Kocaman, E. M., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Ucar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, A., Parlak, V., Özcan, S., Yanık, T., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Alak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, G. (2023). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Polyethylene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>exposure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>rainbow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>trout</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>suppresses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>growth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>may</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>act</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> as a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>promoting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>agent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>tissue-based</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>oxidative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>response</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, DNA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>damage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> and apoptosis. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Process Safety and Environmental Protection</w:t>
-      </w:r>
+        <w:t>Process</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Safety</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Environmental</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Protection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004D031C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>174</w:t>
       </w:r>
       <w:r w:rsidRPr="004D031C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA30E0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA30E0">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">960-970. </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00CA30E0">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:cs="Times New Roman"/>
             <w:color w:val="3333FF"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.psep.2023.05.005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="77417999" w14:textId="626F9E09" w:rsidR="00800118" w:rsidRPr="004D031C" w:rsidRDefault="00800118" w:rsidP="00800118">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Kirici</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>, M. (2021</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>).</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Toxicological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>effects</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> of metal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>ions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>some</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>pesticides</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>carbonic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>anhydrase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>activity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>purified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>bighead</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>carp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Hypophthalmichthys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>nobilis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>gill</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>tissue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Carpathian Journal of Earth and Environmental Sciences</w:t>
-      </w:r>
+        <w:t>Carpathian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Earth and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Environmental</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004D031C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidRPr="004D031C">
         <w:t xml:space="preserve">(1), 59 – 65. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:color w:val="3333FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>https://doi.org/10.26471/cjees/2021/016/155</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E2ED6D" w14:textId="1DF21A66" w:rsidR="00800118" w:rsidRPr="004D031C" w:rsidRDefault="00800118" w:rsidP="00800118">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-        <w:t xml:space="preserve">Lusher, A. L., Mchugh, M., &amp; Thompson, R. C. (2013). Occurrence of microplastics in the gastrointestinal tract of pelagic and demersal fish from the English Channel. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Lusher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, A. L., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Mchugh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, M., &amp; Thompson, R. C. (2013). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Occurrence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>microplastics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>gastrointestinal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>tract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>pelagic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>demersal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> fish from the English Channel. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Marine Pollution Bulletin</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Marine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Pollution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Bulletin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004D031C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>67</w:t>
       </w:r>
       <w:r w:rsidRPr="004D031C">
         <w:t xml:space="preserve">(1-2), 94–99. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:color w:val="3333FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>https://doi.org/10.1016/j.marpolbul.2012.11.028</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DBB3868" w14:textId="536E2219" w:rsidR="00800118" w:rsidRDefault="00800118" w:rsidP="00800118">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Viso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, A. C., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Marty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">, J. C. (1993). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>Fatty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>acids</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve"> from 28 marine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t>microalgae</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Phytochemistry</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004D031C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>34</w:t>
       </w:r>
       <w:r w:rsidRPr="004D031C">
         <w:t xml:space="preserve">(6), 1521–1533. </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00B118A9" w:rsidRPr="00B81593">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/S0031-9422(00)90839-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="55E187A5" w14:textId="27B0F6BC" w:rsidR="00B118A9" w:rsidRDefault="00B118A9" w:rsidP="00B118A9">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:r>
-        <w:t>Zhu, L., Liu, Q., Liu, X., &amp; Zhang, Y. (2021). RSST-ARGM: A Data-Driven Approach to Long-term Sea Surface Temperature Prediction. Researchsquare, Preprint. https://ass</w:t>
+        <w:t xml:space="preserve">Zhu, L., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Liu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, Q., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Liu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, X., &amp; Zhang, Y. (2021). RSST-ARGM: A Data-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Driven</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Approach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Long-term</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Surface</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Temperature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Prediction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Researchsquare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Preprint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. https://ass</w:t>
       </w:r>
       <w:r w:rsidR="00CA30E0">
         <w:t>ets.researchsquare.com/files/rs-</w:t>
       </w:r>
       <w:r>
         <w:t>468686/v1_stamped.pdf</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34F67E18" w14:textId="77777777" w:rsidR="00B118A9" w:rsidRDefault="00B118A9" w:rsidP="00B118A9">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Hampton, S., Rabagliati, H., Sorace, A., &amp; Fletcher-Watson, S. (2017). Autism and bilingualism: A qualitative interview study of parents’ perspectives and experiences. PsyArXiv, Preprint. </w:t>
+        <w:t xml:space="preserve">Hampton, S., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Rabagliati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, H., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sorace</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, A., &amp; Fletcher-Watson, S. (2017). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Autism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bilingualism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>interview</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>parents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>perspectives</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>experiences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>PsyArXiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Preprint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:color w:val="3333FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>https://doi.org/10.31234/osf.io/76xfs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61C30DAF" w14:textId="4EBA5517" w:rsidR="00B118A9" w:rsidRDefault="00B118A9" w:rsidP="00B118A9">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve">Hetland, B., McAndrew, N., Perazzo, J., &amp; Hickman, R. (2018). A qualitative study of factors that influence active family involvement with patient care in the ICU: Survey of critical care nurses. PubMed Central, Preprint. </w:t>
+        <w:t>Hetland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, B., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>McAndrew</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, N., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Perazzo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, J., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hickman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, R. (2018). A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>factors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>influence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>active</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>family</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>involvement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>patient</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>care</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in the ICU: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Survey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>critical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>care</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nurses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>PubMed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Central, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Preprint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00B81593">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
           </w:rPr>
           <w:t>https://www.ncbi.nlm.nih.gov/pmc/articles/PMC5736422/?report=classic</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="32B1F7EB" w14:textId="5CCCC8A7" w:rsidR="00B118A9" w:rsidRPr="004D031C" w:rsidRDefault="00B118A9" w:rsidP="00B118A9">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="00B118A9">
-        <w:t>Özcan, M., İspir, Ü., Yonar, M. E., &amp; Şeker, E. (2021). İmidacloprid’e maruz bırakılan Sazan (</w:t>
+        <w:t xml:space="preserve">Özcan, M., İspir, Ü., Yonar, M. E., &amp; Şeker, E. (2021). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t>İmidacloprid’e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t xml:space="preserve"> maruz bırakılan Sazan (</w:t>
       </w:r>
       <w:r w:rsidRPr="00981F37">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Cyprinus carpio</w:t>
       </w:r>
       <w:r w:rsidRPr="00B118A9">
-        <w:t>) yavrularının bazı biyokimyasal özelliklerindeki değişimler [Changes in the some biochemical constituents in fry of common car</w:t>
+        <w:t>) yavrularının bazı biyokimyasal özelliklerindeki değişimler [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t>Changes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t>some</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t>biochemical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t>constituents</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t xml:space="preserve"> in fry of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t>common</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t>car</w:t>
       </w:r>
       <w:r w:rsidR="00981F37">
-        <w:t>p (</w:t>
+        <w:t>p</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00981F37">
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00981F37" w:rsidRPr="00981F37">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Cyprinus carpio</w:t>
       </w:r>
       <w:r w:rsidR="00981F37">
-        <w:t>) exposed to i</w:t>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00981F37">
+        <w:t>exposed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00981F37">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00981F37">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00981F37">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00981F37">
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00B118A9">
-        <w:t xml:space="preserve">midacloprid]. </w:t>
-      </w:r>
+        <w:t>midacloprid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t xml:space="preserve">]. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00981F37">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Acta Aquatica Turcica</w:t>
-      </w:r>
+        <w:t>Acta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00981F37">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00981F37">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Aquatica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00981F37">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00981F37">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Turcica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B118A9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00981F37">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="00B118A9">
         <w:t xml:space="preserve">(3), 440-444. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:color w:val="3333FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>https://doi.org/10.22392/actaquatr.729034</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="150B465A" w14:textId="71CD1729" w:rsidR="00800118" w:rsidRDefault="00B118A9" w:rsidP="00B118A9">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B118A9">
-        <w:t xml:space="preserve">Mance, G. (1987). </w:t>
-      </w:r>
+        <w:t>Mance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t xml:space="preserve">, G. (1987). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Pollution Threat of Heavy Metals in Aquatic Environment</w:t>
+        <w:t>Pollution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Threat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Heavy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Metals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Aquatic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Environment</w:t>
       </w:r>
       <w:r w:rsidRPr="00B118A9">
-        <w:t>. 2nd ed. Elsevier, London.</w:t>
+        <w:t xml:space="preserve">. 2nd ed. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t>Elsevier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t>London</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B118A9">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33B1D2CA" w14:textId="2609E43A" w:rsidR="00B118A9" w:rsidRDefault="00FF1997" w:rsidP="00FF1997">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF1997">
-        <w:t xml:space="preserve">Landrum, P. F., &amp; Fisher S. W. (1999). Influence of lipids on the bioaccumulation and trophic transfer of organic contaminants in aquatic organisms. In: Arts, M. T., </w:t>
+        <w:t>Landrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">, P. F., &amp; Fisher S. W. (1999). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Influence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>lipids</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> on the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>bioaccumulation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>trophic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> transfer of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>organic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>contaminants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>aquatic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>organisms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">. In: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Arts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">, M. T., </w:t>
       </w:r>
       <w:r w:rsidR="007C4696" w:rsidRPr="00FF1997">
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="007C4696">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF1997">
-        <w:t xml:space="preserve">Wainman, B. C., (Eds.), </w:t>
-      </w:r>
+        <w:t>Wainman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>, B. C., (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Eds</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">.), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Lipids in Freshwater Ecosystems</w:t>
-      </w:r>
+        <w:t>Lipids</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Freshwater</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Ecosystems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007C4696">
-        <w:t xml:space="preserve"> (pp. 203-234),</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C4696">
+        <w:t>pp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C4696">
+        <w:t>. 203-234),</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF1997">
         <w:t xml:space="preserve"> Springer, New York.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D7B0919" w14:textId="2E49189E" w:rsidR="00FF1997" w:rsidRDefault="00FF1997" w:rsidP="00FF1997">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF1997">
-        <w:t>Taysi, M. R. (2019). Gökkuşağı alabalığı (</w:t>
+        <w:t>Taysi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>, M. R. (2019). Gökkuşağı alabalığı (</w:t>
       </w:r>
       <w:r w:rsidRPr="001E75FC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Oncorhynchus mykiss</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF1997">
-        <w:t>) beyin dokusunda civa klorür toksisitesinin oluşturduğu oksidatif stres ve DNA hasarının belirlenmesi [Determination of oxidative stress and DNA damage caused by mercury chloride toxicity in brain tissue rainbow trout (</w:t>
+        <w:t xml:space="preserve">) beyin dokusunda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>civa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> klorür toksisitesinin oluşturduğu oksidatif stres ve DNA hasarının belirlenmesi [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Determination</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>oxidative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>stress</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> and DNA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>damage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>caused</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>mercury</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>chloride</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>toxicity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>brain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>tissue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>rainbow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>trout</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="001E75FC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Oncorhynchus mykiss</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF1997">
-        <w:t>)]. Ph. D. Thesis, Bingöl University.</w:t>
+        <w:t xml:space="preserve">)]. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Ph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">. D. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Thesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>, Bingöl University.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6454DA12" w14:textId="77777777" w:rsidR="00146B54" w:rsidRDefault="00FF1997" w:rsidP="00FF1997">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF1997">
-        <w:t xml:space="preserve">Atamanalp, M., Kırıcı, M., Kırıcı, M., &amp; Beydemir, Ş. (2016). Investigation of in vitro effects of some metal ions on glucose 6-phosphate dehydrogenase which purified from freshwater fish Capoeta umbla kidney. </w:t>
+        <w:t>Atamanalp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">, M., Kırıcı, M., Kırıcı, M., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Beydemir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">, Ş. (2016). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> of in vitro </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>effects</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>some</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> metal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>ions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>glucose</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> 6-phosphate </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>dehydrogenase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>which</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>purified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>freshwater</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve"> fish Capoeta umbla </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>kidney</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">2nd International Congress on Applied </w:t>
-      </w:r>
+        <w:t xml:space="preserve">2nd International </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:t>Congress</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Applied</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Ichthyology &amp; Aquatic Environment (HydroMediT2016)</w:t>
+        <w:t>Ichthyology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Aquatic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Environment (HydroMediT2016)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF1997">
-        <w:t xml:space="preserve">, Messolonghi, Greece, pp. 39-43. </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Messolonghi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Greece</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>pp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">. 39-43. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E5B02EB" w14:textId="0A435639" w:rsidR="00FF1997" w:rsidRDefault="00FF1997" w:rsidP="00FF1997">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF1997">
         <w:t>HLPE, (2014).</w:t>
       </w:r>
       <w:r w:rsidR="00CA30E0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Sustainable Fisheries and Aquaculture for Food Security and Nutrition, A Report by the High Level Panel of Experts on Food Security and Nutrition of the Committee on World Food Security</w:t>
+        <w:t>Sustainable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Fisheries</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Aquaculture for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Food</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Security and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Nutrition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A Report </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the High Level Panel of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Experts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Food</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Security and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Nutrition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on World </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Food</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Security</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF1997">
-        <w:t>. Rome, Italy.</w:t>
+        <w:t xml:space="preserve">. Rome, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Italy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="621C0810" w14:textId="6C33A512" w:rsidR="00FF1997" w:rsidRDefault="00FF1997" w:rsidP="00FF1997">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF1997">
         <w:t xml:space="preserve">EU, (2012). </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA30E0">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Blue Growth, Opportunities for Marine and Maritime Sustainable Growth</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Blue </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Growth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Opportunities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Marine and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Maritime</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Sustainable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Growth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF1997">
-        <w:t>. Luxembourg, 13 pp.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>Luxembourg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t xml:space="preserve">, 13 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>pp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF1997">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14508DDE" w14:textId="1B8B6224" w:rsidR="00CA30E0" w:rsidRDefault="00CA30E0" w:rsidP="00FF1997">
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA30E0">
-        <w:t>UN, (2017). Communities of Ocean Action. Retrieved on November 21, 2017, from https://oceanconference.un.org/</w:t>
+        <w:t xml:space="preserve">UN, (2017). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:t>Communities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:t xml:space="preserve"> of Ocean Action. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:t>Retrieved</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:t>November</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA30E0">
+        <w:t xml:space="preserve"> 21, 2017, from https://oceanconference.un.org/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A403AF" w14:textId="77777777" w:rsidR="00146B54" w:rsidRDefault="00146B54" w:rsidP="00950661">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F457974" w14:textId="263ECF50" w:rsidR="00950661" w:rsidRPr="004D031C" w:rsidRDefault="00F04FFF" w:rsidP="00950661">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Appendices</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="07514CB5" w14:textId="77777777" w:rsidR="00950661" w:rsidRPr="004D031C" w:rsidRDefault="00950661" w:rsidP="00950661">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54F86F01" w14:textId="0F5E3866" w:rsidR="00950661" w:rsidRPr="004D031C" w:rsidRDefault="00F04FFF" w:rsidP="00F04FFF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appendix </w:t>
+        <w:t>Appendix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00950661" w:rsidRPr="004D031C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C12B7D6" w14:textId="4C2844F1" w:rsidR="00A64F9F" w:rsidRPr="004D031C" w:rsidRDefault="00A57C48" w:rsidP="00950661">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D031C">
-[...4 lines deleted...]
-        <w:t>If necessary, visual elements such as figures, graphs, tables, or images referred to in the text should be provided in this section. The section title should be in Times New Roman, 10-point font, and bold. In the case of multiple appendices, subheadings should be labeled as Appendix A, Appendix B, and so on.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>visual</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>elements</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>figures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>graphs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>images</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>referred</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in Times New Roman, 10-point </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bold</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>case</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of multiple </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>appendices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>subheadings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>labeled</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Appendix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Appendix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>so</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A64F9F" w:rsidRPr="004D031C" w:rsidSect="003A3740">
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:footnotePr>
         <w:numFmt w:val="chicago"/>
       </w:footnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:num="2" w:space="454"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1423EFF4" w14:textId="77777777" w:rsidR="00F21480" w:rsidRDefault="00F21480" w:rsidP="007C0DEA">
+    <w:p w14:paraId="5E3B1555" w14:textId="77777777" w:rsidR="00A40C51" w:rsidRDefault="00A40C51" w:rsidP="007C0DEA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73CFD60B" w14:textId="77777777" w:rsidR="00F21480" w:rsidRDefault="00F21480" w:rsidP="007C0DEA">
+    <w:p w14:paraId="06FB0FBE" w14:textId="77777777" w:rsidR="00A40C51" w:rsidRDefault="00A40C51" w:rsidP="007C0DEA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="236EBEC4" w14:textId="77777777" w:rsidR="00F21480" w:rsidRDefault="00F21480"/>
+    <w:p w14:paraId="1B224AEF" w14:textId="77777777" w:rsidR="00A40C51" w:rsidRDefault="00A40C51"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
-    <w:panose1 w:val="020B0504020202020204"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1739087889"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="16DB885E" w14:textId="77777777" w:rsidR="00D53C18" w:rsidRDefault="00D53C18">
         <w:pPr>
           <w:pStyle w:val="AltBilgi"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7F0B404E" w14:textId="77777777" w:rsidR="00D53C18" w:rsidRDefault="00D53C18">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="112103904"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6D8AB637" w14:textId="77777777" w:rsidR="00D53C18" w:rsidRPr="00FA714D" w:rsidRDefault="00D53C18">
         <w:pPr>
           <w:pStyle w:val="AltBilgi"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7D7D5B48" w14:textId="77777777" w:rsidR="00D53C18" w:rsidRDefault="00D53C18">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="22887B17" w14:textId="52C81BDE" w:rsidR="00E35F7C" w:rsidRDefault="007173F6" w:rsidP="004D5053">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="008E73F8">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B905614" wp14:editId="05EB5529">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3810</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-2540</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6134100" cy="0"/>
@@ -4583,162 +24615,211 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="0923C209" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from=".3pt,-.2pt" to="483.3pt,-.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAD4Iu11gEAANwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZIWVUvUdCW2gguC&#10;ChbuXmfcWPKXbNMk/Bl+w9650R/G2GkDYldIIC5WPDPvzbznyeZ60IocwQdpTUOrRUkJGG5baQ4N&#10;/Xj76tkVJSEy0zJlDTR0hECvt0+fbHpXw9J2VrXgCZKYUPeuoV2Mri6KwDvQLCysA4NJYb1mEa/+&#10;ULSe9ciuVbEsy3XRW986bzmEgNHdlKTbzC8E8PhOiACRqIbibDGfPp936Sy2G1YfPHOd5Ocx2D9M&#10;oZk02HSm2rHIyGcvH1Bpyb0NVsQFt7qwQkgOWQOqqcrf1HzomIOsBc0JbrYp/D9a/va490S2+Hbl&#10;arl8cbVeVZQYpvGtdt+/fSEv2emrYuPpnp/uSZX86l2oEXZj9v58C27vk/hBeE2Eku4T0mU7UCAZ&#10;stvj7DYMkXAMrqvV86rER+GXXDFRJCrnQ3wNVpP00VAlTTKC1ez4JkRsi6WXkhRWJsXSZNMs+SuO&#10;CqbkexCoEXtOU+XtghvlyZHhXjDOwcSsDWmVweoEE1KpGVjm7n8EnusTFPLm/Q14RuTO1sQZrKWx&#10;/rHucbiMLKb6iwOT7mTBnW3H/ErZGlyhbNx53dOO/nrP8J8/5fYHAAAA//8DAFBLAwQUAAYACAAA&#10;ACEA5AQKYNYAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwW7CMBBE75X4B2uRegMHhKI2jYMQ&#10;lHNV2ko9mnibBOx1ZBtI/r7bXtrj04xmXrkenBVXDLHzpGAxz0Ag1d501Ch4f9vPHkDEpMlo6wkV&#10;jBhhXU3uSl0Yf6NXvB5SI3iEYqEVtCn1hZSxbtHpOPc9EmdfPjidGEMjTdA3HndWLrMsl053xA+t&#10;7nHbYn0+XJyCaJvn0/gx+t3ShHG3j5/4slgpdT8dNk8gEg7prww/+qwOFTsd/YVMFFZBzj0FsxUI&#10;Dh/znPn4y7Iq5X/56hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAD4Iu11gEAANwDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDkBApg1gAAAAQB&#10;AAAPAAAAAAAAAAAAAAAAADAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" strokecolor="#4579b8 [3044]"/>
+            <v:line w14:anchorId="12664A79" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from=".3pt,-.2pt" to="483.3pt,-.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApSRz8pwEAAKUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P3DAQvSP1P1i+s0lohVC0WQ4gekEF&#10;8dG7ccYbS/7S2Gyy/56xsxtQW1VqxcVyZua9mfc8WV9O1rAdYNTedbxZ1ZyBk77Xbtvx56eb0wvO&#10;YhKuF8Y76PgeIr/cfDlZj6GFMz940wMyInGxHUPHh5RCW1VRDmBFXPkAjpLKoxWJPnFb9ShGYrem&#10;Oqvr82r02Af0EmKk6PWc5JvCrxTIdKdUhMRMx2m2VE4s50s+q81atFsUYdDyMIb4jyms0I6aLlTX&#10;Ign2ivo3Kqsl+uhVWklvK6+UllA0kJqm/kXN4yACFC1kTgyLTfHzaOWP3ZW7R7JhDLGN4R6zikmh&#10;Zcro8JPetOiiSdlUbNsvtsGUmKTgefP1W1OTu/KYq2aKTBUwpu/gLcuXjhvtsiLRit1tTNSWSo8l&#10;OWxcjr3PUm5pb2BOPoBiuqee81RlTeDKINsJemAhJbjU5EclWuOoOsOUNmYB1qX7X4GH+gyFskL/&#10;Al4QpbN3aQFb7Tz+qXuajiOruf7owKw7W/Di+315pWIN7UJReNjbvGwfvwv8/e/avAEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAOQECmDWAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMjsFuwjAQRO+V+Adr&#10;kXoDB4SiNo2DEJRzVdpKPZp4mwTsdWQbSP6+217a49OMZl65HpwVVwyx86RgMc9AINXedNQoeH/b&#10;zx5AxKTJaOsJFYwYYV1N7kpdGH+jV7weUiN4hGKhFbQp9YWUsW7R6Tj3PRJnXz44nRhDI03QNx53&#10;Vi6zLJdOd8QPre5x22J9Plycgmib59P4Mfrd0oRxt4+f+LJYKXU/HTZPIBIO6a8MP/qsDhU7Hf2F&#10;TBRWQc49BbMVCA4f85z5+MuyKuV/+eobAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKUkc&#10;/KcBAAClAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;5AQKYNYAAAAEAQAADwAAAAAAAAAAAAAAAAABBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAAQFAAAAAA==&#10;" strokecolor="#4579b8 [3044]"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00BF091D">
-      <w:t>Name Surname</w:t>
+      <w:t xml:space="preserve">Name </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00BF091D">
+      <w:t>Surname</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00E35F7C" w:rsidRPr="00E35F7C">
       <w:t xml:space="preserve"> ORCID ID: 0000-0000-0000-0000</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="38F1B0D0" w14:textId="47ABB433" w:rsidR="004D5053" w:rsidRDefault="004D5053" w:rsidP="004D5053">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00BF091D">
       <w:t>Surname</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00A0092F">
       <w:t xml:space="preserve"> ORCID ID: 0000-0000-0000-0000</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B18E811" w14:textId="33F5BA12" w:rsidR="004D5053" w:rsidRDefault="004D5053" w:rsidP="004D5053">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Name </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00BF091D">
       <w:t>Surname</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00A0092F">
       <w:t xml:space="preserve"> ORCID ID: 0000-0000-0000-0000</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="758B991B" w14:textId="77777777" w:rsidR="004D5053" w:rsidRDefault="004D5053" w:rsidP="004D5053">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="077DA536" w14:textId="5DE62622" w:rsidR="004D5053" w:rsidRDefault="004D5053" w:rsidP="004D5053">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">*Corresponding author: </w:t>
+      <w:t>*</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:t>Corresponding</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:t>author</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidR="00A0092F">
       <w:t>abc@university.edu.tr</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3882C6A7" w14:textId="31B2E23C" w:rsidR="00D53C18" w:rsidRDefault="004D5053" w:rsidP="004D5053">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
-      <w:t>(Receiv</w:t>
+      <w:t>(</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:t>Receiv</w:t>
     </w:r>
     <w:r w:rsidR="00E04570">
-      <w:t>ed: *.*.202X, Accepted: *.*.202X, Online Publication: *.*.202X</w:t>
+      <w:t>ed</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00E04570">
+      <w:t xml:space="preserve">: *.*.202X, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00E04570">
+      <w:t>Accepted</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00E04570">
+      <w:t xml:space="preserve">: *.*.202X, Online </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00E04570">
+      <w:t>Publication</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00E04570">
+      <w:t>: *.*.202X</w:t>
     </w:r>
     <w:r>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6CE554C2" w14:textId="77777777" w:rsidR="00D53C18" w:rsidRPr="006B103A" w:rsidRDefault="00D53C18" w:rsidP="006B103A">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35D11754" w14:textId="77777777" w:rsidR="00F21480" w:rsidRDefault="00F21480" w:rsidP="007C0DEA">
+    <w:p w14:paraId="342FD515" w14:textId="77777777" w:rsidR="00A40C51" w:rsidRDefault="00A40C51" w:rsidP="007C0DEA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01383E15" w14:textId="77777777" w:rsidR="00F21480" w:rsidRDefault="00F21480" w:rsidP="007C0DEA">
+    <w:p w14:paraId="05864289" w14:textId="77777777" w:rsidR="00A40C51" w:rsidRDefault="00A40C51" w:rsidP="007C0DEA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="04903C29" w14:textId="77777777" w:rsidR="00F21480" w:rsidRDefault="00F21480"/>
+    <w:p w14:paraId="1878DEC7" w14:textId="77777777" w:rsidR="00A40C51" w:rsidRDefault="00A40C51"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="55061A0B" w14:textId="77777777" w:rsidR="00D53C18" w:rsidRPr="00AC643A" w:rsidRDefault="00D53C18" w:rsidP="00E57E6B">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00246FAE">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:bCs/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
       <w:t>Çalışmanın Türkçe İsmi Her Kelimenin İlk Harfi Büyük (Bağlaçlar</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:bCs/>
@@ -4748,66 +24829,98 @@
       <w:t xml:space="preserve"> Hariç) ve “Times New Roman” Fontunda 6,5</w:t>
     </w:r>
     <w:r w:rsidRPr="00246FAE">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:bCs/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
       <w:t xml:space="preserve"> Punto Olacak Şekilde Buraya </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:bCs/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
       <w:t>Eklenmelidir</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1DC0B15E" w14:textId="77777777" w:rsidR="00E13502" w:rsidRDefault="00C900B5" w:rsidP="00E13502">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C900B5">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Hydrobiological Research. Volume XX, Issue X, Page *-*, 2023</w:t>
+      <w:t xml:space="preserve">Hydrobiological Research. Volume XX, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00C900B5">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Issue</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00C900B5">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> X, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00C900B5">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Page</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00C900B5">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> *-*, 2023</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="67EB92B5" w14:textId="17EDED98" w:rsidR="00C900B5" w:rsidRPr="00C900B5" w:rsidRDefault="00C900B5" w:rsidP="00E13502">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25EF344D" wp14:editId="13061515">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-39776</wp:posOffset>
@@ -4840,70 +24953,69 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="dk1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="dk1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="67DFBDEC" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-3.15pt,7.2pt" to="491.65pt,7.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLOc3RygEAAL8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySttrsbNV2JreAF&#10;QcXlA7zOuLHwTbZpEn6Gb9h33uiHMXbbLGJXCCFeHI8958yc48nqZtCK7MEHaU1Dq1lJCRhuW2l2&#10;Df308dWLK0pCZKZlyhpo6AiB3qyfP1v1roa57axqwRMkMaHuXUO7GF1dFIF3oFmYWQcGL4X1mkUM&#10;/a5oPeuRXatiXpbLore+dd5yCAFPN8dLus78QgCP74QIEIlqKPYW8+rzepfWYr1i9c4z10l+aoP9&#10;QxeaSYNFJ6oNi4x88fIRlZbc22BFnHGrCyuE5JA1oJqq/E3Nh445yFrQnOAmm8L/o+Vv91tPZItv&#10;t7y4vLi+LqsFJYZpfKvNj+9fyUt2+KbYeLjnh3tSJb96F2qE3ZqtP0XBbX0SPwiv0xdlkSF7PE4e&#10;wxAJx8Pl/Gpxuago4ee74gHofIivwWqSNg1V0iT5rGb7NyFiMUw9p2CQGjmWzrs4KkjJyrwHgZKw&#10;WJXReZjgVnmyZzgG7ecsA7lyZoIIqdQEKv8MOuUmGOQB+1vglJ0rWhMnoJbG+qeqxuHcqjjmn1Uf&#10;tSbZd7Yd80NkO3BKskuniU5j+Guc4Q//3fonAAAA//8DAFBLAwQUAAYACAAAACEAS1JvZN0AAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE75V4B2srcWud0qoNIU6F+DnRQwgcOLrxkkSN&#10;11HsJoGnZ1EPcNxvRrMz6X6yrRiw940jBatlBAKpdKahSsH72/MiBuGDJqNbR6jgCz3ss6tZqhPj&#10;RnrFoQiV4BDyiVZQh9AlUvqyRqv90nVIrH263urAZ19J0+uRw20rb6JoK61uiD/UusOHGstTcbYK&#10;dk8vRd6Nj4fvXO5kng8uxKcPpa7n0/0diIBT+DPDb32uDhl3OrozGS9aBYvtmp3MNxsQrN/GawbH&#10;C5BZKv8PyH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyznN0coBAAC/AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAS1JvZN0AAAAIAQAADwAA&#10;AAAAAAAAAAAAAAAkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="black [3040]"/>
+            <v:line w14:anchorId="72F52EE5" id="Düz Bağlayıcı 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-3.15pt,7.2pt" to="491.65pt,7.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcjjq3mgEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfIPxC8x5IcIA0EyzkkaC5B&#10;GjTJBzDU0iLKF5aMJf99l7QtF0lRFEUvFB8zszu7q9XNZA3bAkbtXcebRc0ZOOl77TYdf335enHN&#10;WUzC9cJ4Bx3fQeQ36/Oz1RhaWPrBmx6QkYiL7Rg6PqQU2qqKcgAr4sIHcPSoPFqR6Iibqkcxkro1&#10;1bKur6rRYx/QS4iRbu/2j3xd9JUCmb4pFSEx03HKLZUVy/qW12q9Eu0GRRi0PKQh/iELK7SjoLPU&#10;nUiCvaP+JGW1RB+9SgvpbeWV0hKKB3LT1B/cPA8iQPFCxYlhLlP8f7LycXvrnpDKMIbYxvCE2cWk&#10;0OYv5cemUqzdXCyYEpN0ebW8vvxy2XAmj2/ViRgwpnvwluVNx4122YdoxfYhJgpG0COEDqfQZZd2&#10;BjLYuO+gmO4pWFPYZSrg1iDbCupn/6PJ/SOtgswUpY2ZSfWfSQdspkGZlL8lzugS0bs0E612Hn8X&#10;NU3HVNUef3S995ptv/l+VxpRykHtLs4Oo5nn6ddzoZ9+oPVPAAAA//8DAFBLAwQUAAYACAAAACEA&#10;S1JvZN0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE75V4B2srcWud0qoNIU6F+DnR&#10;QwgcOLrxkkSN11HsJoGnZ1EPcNxvRrMz6X6yrRiw940jBatlBAKpdKahSsH72/MiBuGDJqNbR6jg&#10;Cz3ss6tZqhPjRnrFoQiV4BDyiVZQh9AlUvqyRqv90nVIrH263urAZ19J0+uRw20rb6JoK61uiD/U&#10;usOHGstTcbYKdk8vRd6Nj4fvXO5kng8uxKcPpa7n0/0diIBT+DPDb32uDhl3OrozGS9aBYvtmp3M&#10;NxsQrN/GawbHC5BZKv8PyH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnI46t5oBAACI&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAS1JvZN0A&#10;AAAIAQAADwAAAAAAAAAAAAAAAAD0AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" strokecolor="black [3040]"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1334145239"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Margins)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="5147E29C" w14:textId="00445354" w:rsidR="00155930" w:rsidRDefault="00155930">
         <w:pPr>
           <w:pStyle w:val="stBilgi"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1BAC77C9" wp14:editId="46FE5D30">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="rightMargin">
                     <wp:align>right</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:align>center</wp:align>
                   </wp:positionV>
                   <wp:extent cx="727710" cy="329565"/>
                   <wp:effectExtent l="0" t="0" r="0" b="3810"/>
                   <wp:wrapNone/>
                   <wp:docPr id="1626460422" name="Dikdörtgen 11"/>
@@ -4967,95 +25079,95 @@
                                 <w:t>1</w:t>
                               </w:r>
                               <w:r>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="rightMargin">
                     <wp14:pctWidth>80000</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
             <mc:Fallback>
               <w:pict>
-                <v:rect w14:anchorId="1BAC77C9" id="Dikdörtgen 11" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:6.1pt;margin-top:0;width:57.3pt;height:25.95pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:800;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:800;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBndlSjgIAABEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/d3MhvSRqutptKUJa&#10;YKWFD3BtJ7E2sY3tNl0Qv8UP8GOMnbbbAg8IkQfHY4+Pz8yZ8fx637Vox40VSpY4uYox4pIqJmRd&#10;4k8f16MZRtYRyUirJC/xE7f4evHyxbzXBU9Vo1rGDQIQaYtel7hxThdRZGnDO2KvlOYSNitlOuLA&#10;NHXEDOkBvWujNI4nUa8M00ZRbi2sroZNvAj4VcWp+1BVljvUlhi4uTCaMG78GC3mpKgN0Y2gBxrk&#10;H1h0REi49AS1Io6grRG/QXWCGmVV5a6o6iJVVYLyEANEk8S/RPPQEM1DLJAcq09psv8Plr7f3Rsk&#10;GGg3SSfZJM7SFCNJOtBqJR7Zj+/G1VyiJPGp6rUt4MSDvjc+WKvvFH20SKplQ2TNb4xRfcMJA4LB&#10;P7o44A0LR9Gmf6cYXEC2ToWs7SvTeUDIB9oHcZ5O4vC9QxQWp+l0moCEFLZepfl4MvaMIlIcD2tj&#10;3RuuOuQnJTagfQAnuzvrBtejSyCvWsHWom2DYerNsjVoR6BO1uE7oNtzt1Z6Z6n8sQFxWAGOcIff&#10;82yD7l/zJM3i2zQfrSez6ShbZ+NRPo1nozjJb3PIc56t1t88wSQrGsEYl3dC8mMNJtnfaXzohqF6&#10;QhWivsT5OB2H2C/Y2/Mg4/D9KchOOGjJVnQlnp2cSOF1fS0ZhE0KR0Q7zKNL+kEQyMHxH7ISqsAL&#10;PxSQ22/2gOKrYaPYE9SDUaAXSAvvCEwaZb5g1ENPlth+3hLDMWrfSqipPMky38TByMbTFAxzvrM5&#10;3yGSAlSJHUbDdOmGxt9qI+oGbkpCjqS6gTqsRKiRZ1YQgjeg70IwhzfCN/a5HbyeX7LFTwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAHGmhoPcAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C&#10;/2GZghdpNxFbNGZTRKkUCoXWotdtdpqE7s6G7DRN/71bL3oZeLzHe9/k88FZ0WMXGk8K0kkCAqn0&#10;pqFKwe5zMX4CEViT0dYTKrhggHlxe5PrzPgzbbDfciViCYVMK6iZ20zKUNbodJj4Fil6B985zVF2&#10;lTSdPsdyZ+VDksyk0w3FhVq3+FZjedyenILjt+F1v+RhtWwX9+79y24uH1apu9Hw+gKCceC/MFzx&#10;IzoUkWnvT2SCsAriI/x7r176OAOxVzBNn0EWufwPX/wAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAwZ3ZUo4CAAARBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAcaaGg9wAAAAEAQAADwAAAAAAAAAAAAAAAADoBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" o:allowincell="f" stroked="f">
+                <v:rect w14:anchorId="1BAC77C9" id="Dikdörtgen 11" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:6.1pt;margin-top:0;width:57.3pt;height:25.95pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:800;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:800;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASSote7AEAAL8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1pt2zUdLXqqghp&#10;YZEWPsBxnMTC8Zix26R8PWOn263ghsjBmvGMn+c9v2zuxt6wo0KvwZY8n805U1ZCrW1b8u/f9u8+&#10;cOaDsLUwYFXJT8rzu+3bN5vBFWoBHZhaISMQ64vBlbwLwRVZ5mWneuFn4JSlYgPYi0AptlmNYiD0&#10;3mSL+fwmGwBrhyCV97T7MBX5NuE3jZLhqWm8CsyUnGYLacW0VnHNthtRtChcp+V5DPEPU/RCW7r0&#10;AvUggmAH1H9B9VoieGjCTEKfQdNoqRIHYpPP/2Dz3AmnEhcSx7uLTP7/wcovx2f3FePo3j2C/OGZ&#10;hV0nbKvuEWHolKjpujwKlQ3OF5cDMfF0lFXDZ6jpacUhQNJgbLCPgMSOjUnq00VqNQYmaXO9WK9z&#10;ehBJpfeL29XNKt0gipfDDn34qKBnMSg50ksmcHF89CEOI4qXljQ8GF3vtTEpwbbaGWRHQa++T98Z&#10;3V+3GRubLcRjE2LcSSwjseghX4SxGqkYwwrqE/FFmFxErqegA/zF2UAOKrn/eRCoODOfLGl2my+X&#10;0XIpWa7WC0rwulJdV4SVBFXywNkU7sJk04ND3XZ0U574W7gnnRudNHid6jw3uSRJc3Z0tOF1nrpe&#10;/7vtbwAAAP//AwBQSwMEFAAGAAgAAAAhAHGmhoPcAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2GZghdpNxFbNGZTRKkUCoXWotdtdpqE7s6G7DRN/71bL3oZeLzHe9/k88FZ0WMX&#10;Gk8K0kkCAqn0pqFKwe5zMX4CEViT0dYTKrhggHlxe5PrzPgzbbDfciViCYVMK6iZ20zKUNbodJj4&#10;Fil6B985zVF2lTSdPsdyZ+VDksyk0w3FhVq3+FZjedyenILjt+F1v+RhtWwX9+79y24uH1apu9Hw&#10;+gKCceC/MFzxIzoUkWnvT2SCsAriI/x7r176OAOxVzBNn0EWufwPX/wAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAEkqLXuwBAAC/AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAcaaGg9wAAAAEAQAADwAAAAAAAAAAAAAAAABGBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAE8FAAAAAA==&#10;" o:allowincell="f" stroked="f">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="427C136A" w14:textId="39BED4C4" w:rsidR="00155930" w:rsidRDefault="00155930">
                         <w:pPr>
                           <w:pBdr>
                             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                           </w:pBdr>
                         </w:pPr>
                         <w:r>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r>
                           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r>
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r w:rsidR="00AE2F1E">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>1</w:t>
                         </w:r>
                         <w:r>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                   <w10:wrap anchorx="margin" anchory="margin"/>
                 </v:rect>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="3EC4B947" w14:textId="292A539B" w:rsidR="007345D5" w:rsidRPr="00702B9C" w:rsidRDefault="00702B9C" w:rsidP="00E35F7C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3EC4B947" w14:textId="748F4AE6" w:rsidR="007345D5" w:rsidRPr="00702B9C" w:rsidRDefault="00702B9C" w:rsidP="00E35F7C">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00702B9C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
@@ -5123,81 +25235,80 @@
                             <w:jc w:val="center"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="5F18BFAF" id="Dikdörtgen 14" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:-2.75pt;margin-top:-2.75pt;width:493.25pt;height:14.4pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBSXPZ/vQIAABYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtOGzEQfa/Uf7D8XvaSQELEBkUgqkoU&#10;UKHi2fHa2RW+1XayST+MH+iPdWxvlkvhpeJl1+OZOTNzxjMnp1sp0IZZ12pV4eIgx4gpqutWrSr8&#10;8+7iyxQj54mqidCKVXjHHD6df/500pkZK3WjRc0sAhDlZp2pcOO9mWWZow2TxB1owxQoubaSeBDt&#10;Kqst6QBdiqzM86Os07Y2VlPmHNyeJyWeR3zOGfXXnDvmkagw5Obj18bvMnyz+QmZrSwxTUv7NMh/&#10;ZCFJqyDoAHVOPEFr2/4DJVtqtdPcH1AtM815S1msAaop8lfV3DbEsFgLkOPMQJP7OFh6tbmxqK0r&#10;XI7y0WR0XBYYKSKhVeftQ/3n0foVU6gYB6Y642bgcGtubC85OIayt9zK8IeC0DayuxvYZVuPKFwe&#10;lUfjPIcmUNAV03I6jfRnT97GOv+VaYnCocIWuhdJJZtL5yEimO5NQjCnRVtftEJEIbwYdiYs2hDo&#10;NaGUKX8Y3cVaftd1up8chhQSVnxkwSUiv0ATCnUVHhWThPBCN7h9QCSoSCgIH5hNXMaT3wkWihLq&#10;B+PQHWCvjKW8il0/FOm6ITVL6RTvFhjBAioHygbcHuAlewE3cdTbBjcWx2lwzN9LKDkO1jGiVn5w&#10;lK3S9i1n4YeoyX5PTKIjMOO3y218rdEy3Cx1vYMXbHUabWfoRQuv55I4f0MszDI8ONhP/ho+XGjo&#10;qu5PGDXa/n7rPtjDiIEWow52Q4XdrzWxDCPxTcHwHRfjcVgmURgfTkoQ7HPN8rlGreWZhicJgwXZ&#10;xWOw92J/5FbLe1hjixAVVERRiF1h6u1eOPNpZ8EipGyxiGawQAzxl+rW0AAeeA7Tcbe9J9b0I+Rh&#10;+K70fo+Q2atJSrbBU+nF2mvexjF74rXvACyfOCP9ogzb7bkcrZ7W+fwvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA19o5MdsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fq7CUUh&#10;xKkQiBMnWg5wc+PFiRqvo9hJw9+zSEhwWo1mNPum2i2+FzOOsQukYbNWIJCaYDtyGt4Oz6sCREyG&#10;rOkDoYYvjLCrLy8qU9pwplec98kJLqFYGg1tSkMpZWxa9Cauw4DE3mcYvUksRyftaM5c7nuZKXUr&#10;vemIP7RmwMcWm9N+8hqaOb5P6qXIlzB8PKksU87dnLS+vloe7kEkXNJfGH7wGR1qZjqGiWwUvYbV&#10;dsvJ38v+XbHhbUcNWZ6DrCv5f0D9DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFJc9n+9&#10;AgAAFgYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANfa&#10;OTHbAAAACAEAAA8AAAAAAAAAAAAAAAAAFwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAAfBgAAAAA=&#10;" fillcolor="#31849b [2408]" strokecolor="#31849b [2408]" strokeweight=".25pt">
+            <v:rect w14:anchorId="5F18BFAF" id="Dikdörtgen 14" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:-2.75pt;margin-top:-2.75pt;width:493.25pt;height:14.4pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUcqEamAIAAOUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTpCnQVKapATJMY&#10;oMHEs+vYxJrj82y3Sffrd3bSlDJ4mXhxzr677+6+3N3ZeddoshHOKzAlLY5ySoThUCnzVNKfD1ef&#10;ZpT4wEzFNBhR0q3w9Hzx8cNZa+diAjXoSjiCIMbPW1vSOgQ7zzLPa9EwfwRWGFRKcA0LeHVPWeVY&#10;i+iNziZ5fpK14CrrgAvv8fWyV9JFwpdS8HArpReB6JJibiGdLp2reGaLMzZ/cszWig9psP/IomHK&#10;YNAR6pIFRtZO/QPVKO7AgwxHHJoMpFRcpBqwmiJ/Uc19zaxItSA53o40+feD5Tebe3vnkIbW+rlH&#10;MVbRSdfEL+ZHukTWdiRLdIFwfDyZnEzzHDnlqCtmk9kssZntva3z4auAhkShpA5/RuKIba59wIho&#10;ujOJwTxoVV0prdMlNoC40I5sGP46xrkw4Ti563XzHar+/fQ4ptBjpZ6JLgn5AE0b0pb0c3HaIxzo&#10;Rrd3iIQVaYPh91wmKWy1iEVp80NIoipkb5JKeRG7+lX0zzWrRJ9O8WaBCSyiSqRsxB0ADtmLuD1H&#10;g210E2k6Rsf8rYR6x9E6RQQTRsdGGXCvOeswRu3td8T0dERmQrfqkA/sn5hffFlBtb1zxEE/qd7y&#10;K4Xdc818uGMORxMbDtdNuMVDasC/CoNESQ3uz2vv0R4nBrWUtDjqJfW/18wJSvQ3g7P0pZhO425I&#10;l+nx6QQv7rlm9Vxj1s0FYEsWuNgsT2K0D3onSgfNI26lZYyKKmY4xi4pD253uQj9CsK9xsVymcxw&#10;H1gWrs295RE88hyn46F7ZM4OIxRw+G5gtxbY/MUk9bbR08ByHUCqNGZ7Xoc/gLskzciw9+Kyen5P&#10;VvvtvPgLAAD//wMAUEsDBBQABgAIAAAAIQDX2jkx2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcWrsJRSHEqRCIEydaDnBz48WJGq+j2EnD37NISHBajWY0+6baLb4XM46x&#10;C6Rhs1YgkJpgO3Ia3g7PqwJETIas6QOhhi+MsKsvLypT2nCmV5z3yQkuoVgaDW1KQyllbFr0Jq7D&#10;gMTeZxi9SSxHJ+1ozlzue5kpdSu96Yg/tGbAxxab037yGpo5vk/qpciXMHw8qSxTzt2ctL6+Wh7u&#10;QSRc0l8YfvAZHWpmOoaJbBS9htV2y8nfy/5dseFtRw1ZnoOsK/l/QP0NAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAFHKhGpgCAADlBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA19o5MdsAAAAIAQAADwAAAAAAAAAAAAAAAADyBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;" fillcolor="#31849b [2408]" strokecolor="#31849b [2408]" strokeweight=".25pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="258047B3" w14:textId="77777777" w:rsidR="003952B4" w:rsidRDefault="003952B4" w:rsidP="003952B4">
                     <w:pPr>
                       <w:jc w:val="center"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1045795962"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00155930" w:rsidRPr="00702B9C">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
             <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0762538D" wp14:editId="5EA378A5">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="rightMargin">
                     <wp:align>right</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:align>center</wp:align>
                   </wp:positionV>
                   <wp:extent cx="727710" cy="329565"/>
                   <wp:effectExtent l="0" t="0" r="0" b="3810"/>
                   <wp:wrapNone/>
@@ -5262,51 +25373,51 @@
                                 <w:t>2</w:t>
                               </w:r>
                               <w:r>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="rightMargin">
                     <wp14:pctWidth>80000</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
             <mc:Fallback>
               <w:pict>
-                <v:rect w14:anchorId="0762538D" id="Dikdörtgen 13" o:spid="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:6.1pt;margin-top:0;width:57.3pt;height:25.95pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:800;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:800;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6edzKkwIAABgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1u2zAMfh+wOwh6T/0TO46NOkXbLMOA&#10;bivQ7QCKJNtCbcmTlDhdsWvtArvYKDlJk20PwzA/yKJIkR/Jj7q82nUt2nJthJIlji5CjLikiglZ&#10;l/jzp9VkjpGxRDLSKslL/MQNvlq8fnU59AWPVaNaxjUCJ9IUQ1/ixtq+CAJDG94Rc6F6LkFZKd0R&#10;C6KuA6bJAN67NojDcBYMSrNeK8qNgdPlqMQL77+qOLUfq8pwi9oSAzbrV+3XtVuDxSUpak36RtA9&#10;DPIPKDoiJAQ9uloSS9BGi99cdYJqZVRlL6jqAlVVgnKfA2QThb9k89CQnvtcoDimP5bJ/D+39MP2&#10;XiPBoHdhlk+neZrPMJKkg14txSP78V3bmksUTV2pht4UcOOhv9cuWdPfKfpokFS3DZE1v9ZaDQ0n&#10;DABGzj44u+AEA1fRenivGAQgG6t81XaV7pxDqAfa+eY8HZvDdxZROMziLIughRRU0zhPZ6mPQIrD&#10;5V4b+5arDrlNiTX03jsn2ztjHRhSHEw8eNUKthJt6wVdr29bjbYEeLLy3967OTVrpTOWyl0bPY4n&#10;gBFiOJ1D6/v+nEdxEt7E+WQ1m2eTZJWkkzwL55Mwym/yWZjkyXL1zQGMkqIRjHF5JyQ/cDBK/q7H&#10;+2kY2eNZiIYS52mc+tzP0JvTJEP//SnJTlgYyVZ0JZ4fjUjh+vpGMkibFJaIdtwH5/B9laEGh7+v&#10;imeBa/xIILtb7zzjYhfdkWKt2BPQQitoG3QYnhPYNEp/xWiA0Syx+bIhmmPUvpNArTxKEjfLXkjS&#10;LAZBn2rWpxoiKbgqscVo3N7acf43vRZ1A5EiXyqproGOlfBUeUG1JzGMn89p/1S4+T6VvdXLg7b4&#10;CQAA//8DAFBLAwQUAAYACAAAACEAcaaGg9wAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvD&#10;QBCF74L/YZmCF2k3EVs0ZlNEqRQKhdai1212moTuzobsNE3/vVsvehl4vMd73+TzwVnRYxcaTwrS&#10;SQICqfSmoUrB7nMxfgIRWJPR1hMquGCAeXF7k+vM+DNtsN9yJWIJhUwrqJnbTMpQ1uh0mPgWKXoH&#10;3znNUXaVNJ0+x3Jn5UOSzKTTDcWFWrf4VmN53J6cguO34XW/5GG1bBf37v3Lbi4fVqm70fD6AoJx&#10;4L8wXPEjOhSRae9PZIKwCuIj/HuvXvo4A7FXME2fQRa5/A9f/AAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQD6edzKkwIAABgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBxpoaD3AAAAAQBAAAPAAAAAAAAAAAAAAAAAO0EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" o:allowincell="f" stroked="f">
+                <v:rect w14:anchorId="0762538D" id="Dikdörtgen 13" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:6.1pt;margin-top:0;width:57.3pt;height:25.95pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:800;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:800;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjV/ey8AEAAMYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L469pFmNOEWRIsOA&#10;bh3Q7QNkWbaFyaJGKbGzrx+lpGmw3Yb5IIik+Eg+Pq/vpsGwg0KvwVY8n805U1ZCo21X8e/fdu8+&#10;cOaDsI0wYFXFj8rzu83bN+vRlaqAHkyjkBGI9eXoKt6H4Mos87JXg/AzcMpSsAUcRCATu6xBMRL6&#10;YLJiPr/JRsDGIUjlPXkfTkG+Sfhtq2R4aluvAjMVp95COjGddTyzzVqUHQrXa3luQ/xDF4PQlope&#10;oB5EEGyP+i+oQUsED22YSRgyaFstVZqBpsnnf0zz3Aun0ixEjncXmvz/g5VfDs/uK8bWvXsE+cMz&#10;C9te2E7dI8LYK9FQuTwSlY3Ol5eEaHhKZfX4GRpardgHSBxMLQ4RkKZjU6L6eKFaTYFJcq6K1Sqn&#10;hUgKvS9ulzfLVEGUL8kOffioYGDxUnGkTSZwcXj0ITYjypcnqXkwutlpY5KBXb01yA6Ctr5L3xnd&#10;Xz8zNj62ENNOiNGTpoyDRQ35Mkz1xHRT8SJCRE8NzZHGRjiJicRPlx7wF2cjCani/udeoOLMfLJE&#10;3W2+WETlJWOxXBVk4HWkvo4IKwmq4oGz03UbTmrdO9RdT5XyRIOFe6K71YmK167O7ZNYEkNnYUc1&#10;Xtvp1evvt/kNAAD//wMAUEsDBBQABgAIAAAAIQBxpoaD3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BS8NAEIXvgv9hmYIXaTcRWzRmU0SpFAqF1qLXbXaahO7Ohuw0Tf+9Wy96GXi8x3vf5PPB&#10;WdFjFxpPCtJJAgKp9KahSsHuczF+AhFYk9HWEyq4YIB5cXuT68z4M22w33IlYgmFTCuomdtMylDW&#10;6HSY+BYpegffOc1RdpU0nT7HcmflQ5LMpNMNxYVat/hWY3ncnpyC47fhdb/kYbVsF/fu/ctuLh9W&#10;qbvR8PoCgnHgvzBc8SM6FJFp709kgrAK4iP8e69e+jgDsVcwTZ9BFrn8D1/8AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAGNX97LwAQAAxgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAHGmhoPcAAAABAEAAA8AAAAAAAAAAAAAAAAASgQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" o:allowincell="f" stroked="f">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="622C0FC7" w14:textId="3702482B" w:rsidR="00155930" w:rsidRDefault="00155930">
                         <w:pPr>
                           <w:pBdr>
                             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                           </w:pBdr>
                         </w:pPr>
                         <w:r>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r>
                           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r>
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r w:rsidR="00AE2F1E">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>2</w:t>
                         </w:r>
                         <w:r>
                           <w:fldChar w:fldCharType="end"/>
@@ -5328,111 +25439,142 @@
         <w:bCs/>
         <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Hydrobiological Research, </w:t>
     </w:r>
     <w:r w:rsidR="00E04570">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
     <w:r w:rsidR="00387979">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>(X), *-*, 202X</w:t>
+      <w:t>(X), *-*</w:t>
     </w:r>
     <w:r w:rsidR="00E04570">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00E04570">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
-      <w:t>Surname et al.</w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00E04570">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Surname</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00E04570">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> et al.</w:t>
+    </w:r>
+    <w:r w:rsidR="00236B4E">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>, 202X</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1C04A6DF" w14:textId="6C337F4E" w:rsidR="007345D5" w:rsidRDefault="007345D5" w:rsidP="00E13502">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
-      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+      <v:shapetype w14:anchorId="65090EB9" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:13.2pt;height:13.2pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCnAz3nrwEAAKUDAAAOAAAAZHJzL2Uyb0RvYy54bWykk9tu2zAMhu8H9B0E&#10;3be2A3RohDi9CToMGLZg2B5AkalYmE6glNPbj7LVrL1q0RmwTInSz08kvXo8O8uOgMkE3/PuruUM&#10;vAqD8fue//71dPvAWcrSD9IGDz2/QOKP65tPq1MUsAhjsAMgIxGfxCn2fMw5iqZJagQn012I4Mmp&#10;AzqZaYr7ZkB5InVnm0Xbfm5OAYeIQUFKtLqZnXw96WsNKv/QOkFmtufElqcRp3FXxma9kmKPMo5G&#10;VQz5AQonjaegV6mNzJId0HxAKhqVDwikRpagt2KR9R9qVcS9S8NJ/HOItyq4KLPZGWvyZcp2hfLH&#10;rVFbnAnV9+MWmRl6vrhftstl13HmpaNal+SWO5QdZT9NmzJ/dXxnTXwy1pbkFbuCUoneboWgtVGw&#10;CergwOe5HxAsMQefRhMTZyjA7YDg8OvQzdVOGSGrsQTUFPgn9Ughk+LqmCj/gRXmFMt9pThrdOVL&#10;odl5aqPLtY3gnJmixe6hpYczRa5qzwGeD0dM+QsEx4rRc7B071QqLoU8fksV53lXzdpMMKER0ARc&#10;+7Y028s52S//rvVfAAAA//8DAFBLAwQKAAAAAAAAACEA2CkeEqkEAACpBAAAFAAAAGRycy9tZWRp&#10;YS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAACEAAAAhCAYAAABX5MJvAAAAAXNSR0IArs4c&#10;6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAQ+SURBVFhH7VfZTxNhEJ8C&#10;CUcgHBUhoXIEEiUkKiYajRw1CgJVPMOjty9EIyDogz4BPuCLoEYh8qJ/AYWiqCFoSTy5DKAUqUhL&#10;BYzlaj04zOfO0NZld6ltNR6Jv+TX3+7M7NfvnJ2V6d4aGQgQHbncdrUAw+h729Vi/Ko4L5v+UdBM&#10;CHv6u/FXzMS/uRzd3d1w5/ZtaG5uhuFhI4yNjZE9IiICFIoVkJGRAdk5OZCUlER2l/D5ywxzhU+f&#10;PmPr12/Ak+QSU1PTWHtHp2RbQsrwh3toSczOzsLZMyVQXV1N9wkJCTRS7k8gPj4eoqOjyT40NAT6&#10;gQFobdVCY2MjDA4Ogkwmg1MFBVBefgG8vb0pThLCXvE5+HaIJa9bRyMLDw9n1TU1zPrxk2Qsnxbr&#10;R3bl6lUWGhZGz27enMJM795JxiKX7MTk1DRbm5xMjcTExLA+Xb9knDP29L5kkZGR1EZKSuqSAwDc&#10;mFKOAwcOOjpgMA6TDRtKS0sXxTrj6wG9oyOFRUWSMZJH9MmTx3Dr1k3gphPu3rsP3FKQHdfYx8fJ&#10;2kpAoVBAfYMG/P39ofLSJejv77d5eJCaiY0bN1HPKyouinye8nRxMbW5e88ekU/UiWfP2ygYN+LE&#10;5NQiH9qRwns+fX19GXciRBtx2GRi3GxQDF7zfaLl0DQ0kObl5YGfnx9du4OZmRmoqqyEVStXQlNT&#10;k80KIJcvg+1ZWXSt0WhI7RB1AjMhInfXblJXwI2GOG2xwqNHj7lnd4HFYoHDhw46MioiNzeX1P4f&#10;DvCnBcklH5qyAf2bRXYk2pFL3fOpVCrJl5+f77Bh1kUbHn1+rGgmzGYzqVwuJ/UU586fJ9VqtaQI&#10;7riTYnblQ9QJL68F0/z8PKmnWL16DalerydFePv4kH4VtC3qBJdYSPlr6Ql6e3tIo6KiSBEjIyOk&#10;fBvCS1jvxcXFkep0OlJPUVZaSqpUbiFF9L16RWr/DztEM7F16zbSRsExcgVzc3PQ3tYG+/fthZaW&#10;FggJCXHsDURdXR3ptoxMUgeEyaq7p5d2cFiYnI1PTC7yoR0pvJdicHAwU9c3OGJHR8dYUFAQ+YQn&#10;TzQTWC+kp6fD+LgZrl+7ZrO6joCAACguKYG+Ph1kZn4fcdXlKsodKpVKtCck3x1cwqEeh4SG0utY&#10;6HeXbe0dLDAwkHEvQNbR2SXyi2YCwRUycOTIUZicmIAdqpyfOikGgwFUOdlgtVrhxMmTkJiYaPPw&#10;IOyVnfyihitiWcuDB5Jxzlinrqe9gW04LWqkjHbyyzucSnwdT01bJGP5/GAeZ8eOHafnkD8q71wq&#10;dE8XFUFt7Q26x+J2x86dwFVYEBsbS6kYs6vRaKRCV6t9CGq1GkwmExVBBYWFUFZW7nmhyyduVndL&#10;/s6uF5JtCen2x8+Lri6qB/DFZDQaaNPiiDHdY/mPyS4rO9utj5//H8QLAPgGpm7gP4U7MLoAAAAA&#10;SUVORK5CYIJQSwMEFAAGAAgAAAAhACtFnoTbAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2EZwYvYjbXakmZTRBEpnqwieJtkp0k0Oxuz0yb66131oJd5DG9475tsNbpW7akPjWcD&#10;Z5MEFHHpbcOVgafH29MFqCDIFlvPZOCDAqzyw4MMU+sHfqD9RioVQzikaKAW6VKtQ1mTwzDxHXH0&#10;tr53KHHtK217HGK4a/U0SS61w4ZjQ40dXddUvm12zkCxDvO72etJJcPL+8VzM8w/b8Z7Y46Pxqsl&#10;KKFR/o7hGz+iQx6ZCr9jG1RrID4iPzN608U5qOJXdZ7p/+z5FwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6W&#10;nUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8J&#10;Ihdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9&#10;M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//&#10;AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCnAz3nrwEAAKUDAAAOAAAAAAAAAAAAAAAAADoCAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQDYKR4SqQQAAKkEAAAUAAAAAAAAAAAAAAAAABUE&#10;AABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItABQABgAIAAAAIQArRZ6E2wAAAAMBAAAPAAAAAAAA&#10;AAAAAAAAAPAIAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAA&#10;AAAAAAAAAAAAAAD4CQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADr&#10;CgAAAAA=&#10;" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:13.2pt;height:13.2pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCnAz3nrwEAAKUDAAAOAAAAZHJzL2Uyb0RvYy54bWykk9tu2zAMhu8H9B0E&#10;3be2A3RohDi9CToMGLZg2B5AkalYmE6glNPbj7LVrL1q0RmwTInSz08kvXo8O8uOgMkE3/PuruUM&#10;vAqD8fue//71dPvAWcrSD9IGDz2/QOKP65tPq1MUsAhjsAMgIxGfxCn2fMw5iqZJagQn012I4Mmp&#10;AzqZaYr7ZkB5InVnm0Xbfm5OAYeIQUFKtLqZnXw96WsNKv/QOkFmtufElqcRp3FXxma9kmKPMo5G&#10;VQz5AQonjaegV6mNzJId0HxAKhqVDwikRpagt2KR9R9qVcS9S8NJ/HOItyq4KLPZGWvyZcp2hfLH&#10;rVFbnAnV9+MWmRl6vrhftstl13HmpaNal+SWO5QdZT9NmzJ/dXxnTXwy1pbkFbuCUoneboWgtVGw&#10;CergwOe5HxAsMQefRhMTZyjA7YDg8OvQzdVOGSGrsQTUFPgn9Ughk+LqmCj/gRXmFMt9pThrdOVL&#10;odl5aqPLtY3gnJmixe6hpYczRa5qzwGeD0dM+QsEx4rRc7B071QqLoU8fksV53lXzdpMMKER0ARc&#10;+7Y028s52S//rvVfAAAA//8DAFBLAwQKAAAAAAAAACEA2CkeEqkEAACpBAAAFAAAAGRycy9tZWRp&#10;YS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAACEAAAAhCAYAAABX5MJvAAAAAXNSR0IArs4c&#10;6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAQ+SURBVFhH7VfZTxNhEJ8C&#10;CUcgHBUhoXIEEiUkKiYajRw1CgJVPMOjty9EIyDogz4BPuCLoEYh8qJ/AYWiqCFoSTy5DKAUqUhL&#10;BYzlaj04zOfO0NZld6ltNR6Jv+TX3+7M7NfvnJ2V6d4aGQgQHbncdrUAw+h729Vi/Ko4L5v+UdBM&#10;CHv6u/FXzMS/uRzd3d1w5/ZtaG5uhuFhI4yNjZE9IiICFIoVkJGRAdk5OZCUlER2l/D5ywxzhU+f&#10;PmPr12/Ak+QSU1PTWHtHp2RbQsrwh3toSczOzsLZMyVQXV1N9wkJCTRS7k8gPj4eoqOjyT40NAT6&#10;gQFobdVCY2MjDA4Ogkwmg1MFBVBefgG8vb0pThLCXvE5+HaIJa9bRyMLDw9n1TU1zPrxk2Qsnxbr&#10;R3bl6lUWGhZGz27enMJM795JxiKX7MTk1DRbm5xMjcTExLA+Xb9knDP29L5kkZGR1EZKSuqSAwDc&#10;mFKOAwcOOjpgMA6TDRtKS0sXxTrj6wG9oyOFRUWSMZJH9MmTx3Dr1k3gphPu3rsP3FKQHdfYx8fJ&#10;2kpAoVBAfYMG/P39ofLSJejv77d5eJCaiY0bN1HPKyouinye8nRxMbW5e88ekU/UiWfP2ygYN+LE&#10;5NQiH9qRwns+fX19GXciRBtx2GRi3GxQDF7zfaLl0DQ0kObl5YGfnx9du4OZmRmoqqyEVStXQlNT&#10;k80KIJcvg+1ZWXSt0WhI7RB1AjMhInfXblJXwI2GOG2xwqNHj7lnd4HFYoHDhw46MioiNzeX1P4f&#10;DvCnBcklH5qyAf2bRXYk2pFL3fOpVCrJl5+f77Bh1kUbHn1+rGgmzGYzqVwuJ/UU586fJ9VqtaQI&#10;7riTYnblQ9QJL68F0/z8PKmnWL16DalerydFePv4kH4VtC3qBJdYSPlr6Ql6e3tIo6KiSBEjIyOk&#10;fBvCS1jvxcXFkep0OlJPUVZaSqpUbiFF9L16RWr/DztEM7F16zbSRsExcgVzc3PQ3tYG+/fthZaW&#10;FggJCXHsDURdXR3ptoxMUgeEyaq7p5d2cFiYnI1PTC7yoR0pvJdicHAwU9c3OGJHR8dYUFAQ+YQn&#10;TzQTWC+kp6fD+LgZrl+7ZrO6joCAACguKYG+Ph1kZn4fcdXlKsodKpVKtCck3x1cwqEeh4SG0utY&#10;6HeXbe0dLDAwkHEvQNbR2SXyi2YCwRUycOTIUZicmIAdqpyfOikGgwFUOdlgtVrhxMmTkJiYaPPw&#10;IOyVnfyihitiWcuDB5Jxzlinrqe9gW04LWqkjHbyyzucSnwdT01bJGP5/GAeZ8eOHafnkD8q71wq&#10;dE8XFUFt7Q26x+J2x86dwFVYEBsbS6kYs6vRaKRCV6t9CGq1GkwmExVBBYWFUFZW7nmhyyduVndL&#10;/s6uF5JtCen2x8+Lri6qB/DFZDQaaNPiiDHdY/mPyS4rO9utj5//H8QLAPgGpm7gP4U7MLoAAAAA&#10;SUVORK5CYIJQSwMEFAAGAAgAAAAhACtFnoTbAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2EZwYvYjbXakmZTRBEpnqwieJtkp0k0Oxuz0yb66131oJd5DG9475tsNbpW7akPjWcD&#10;Z5MEFHHpbcOVgafH29MFqCDIFlvPZOCDAqzyw4MMU+sHfqD9RioVQzikaKAW6VKtQ1mTwzDxHXH0&#10;tr53KHHtK217HGK4a/U0SS61w4ZjQ40dXddUvm12zkCxDvO72etJJcPL+8VzM8w/b8Z7Y46Pxqsl&#10;KKFR/o7hGz+iQx6ZCr9jG1RrID4iPzN608U5qOJXdZ7p/+z5FwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6W&#10;nUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8J&#10;Ihdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9&#10;M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//&#10;AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCnAz3nrwEAAKUDAAAOAAAAAAAAAAAAAAAAADoCAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQDYKR4SqQQAAKkEAAAUAAAAAAAAAAAAAAAAABUE&#10;AABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItABQABgAIAAAAIQArRZ6E2wAAAAMBAAAPAAAAAAAA&#10;AAAAAAAAAPAIAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAA&#10;AAAAAAAAAAAAAAD4CQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADr&#10;CgAAAAA=&#10;" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="" cropbottom="-1179f" cropright="-1179f"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="050005AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A2263DC8"/>
     <w:lvl w:ilvl="0" w:tplc="DCAAE982">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -6677,329 +26819,343 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1600530180">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1831095482">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1199585230">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1690527872">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="21368629">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="529421181">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1624191210">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1578788498">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="549727479">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="164174652">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="653416356">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1066489112">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1882936805">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="chicago"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyNjUxNzY0NTYxNLGwNDVX0lEKTi0uzszPAykwrQUAAVRf8iwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="007C0DEA"/>
     <w:rsid w:val="000020A2"/>
     <w:rsid w:val="000039A8"/>
     <w:rsid w:val="00003B2C"/>
     <w:rsid w:val="00010F7D"/>
     <w:rsid w:val="00014D3F"/>
     <w:rsid w:val="0001734B"/>
     <w:rsid w:val="00020685"/>
     <w:rsid w:val="00023EBD"/>
     <w:rsid w:val="00035367"/>
     <w:rsid w:val="00037E36"/>
     <w:rsid w:val="00040421"/>
     <w:rsid w:val="00047487"/>
     <w:rsid w:val="00054977"/>
     <w:rsid w:val="0006154D"/>
     <w:rsid w:val="00061D9A"/>
     <w:rsid w:val="000628D1"/>
     <w:rsid w:val="000635EC"/>
     <w:rsid w:val="0007338F"/>
     <w:rsid w:val="00073653"/>
     <w:rsid w:val="000849A0"/>
     <w:rsid w:val="00084B70"/>
+    <w:rsid w:val="00084D4E"/>
+    <w:rsid w:val="000A36E0"/>
     <w:rsid w:val="000A373E"/>
     <w:rsid w:val="000B3982"/>
     <w:rsid w:val="000C092E"/>
     <w:rsid w:val="000C6885"/>
     <w:rsid w:val="000D3403"/>
     <w:rsid w:val="000D364C"/>
     <w:rsid w:val="000D46A4"/>
     <w:rsid w:val="000E24BA"/>
     <w:rsid w:val="000E3189"/>
     <w:rsid w:val="000E44BF"/>
     <w:rsid w:val="000E49E6"/>
     <w:rsid w:val="000F0BF8"/>
     <w:rsid w:val="000F2DE3"/>
     <w:rsid w:val="000F2F23"/>
     <w:rsid w:val="000F66E5"/>
     <w:rsid w:val="00112A82"/>
     <w:rsid w:val="00120595"/>
     <w:rsid w:val="00123406"/>
     <w:rsid w:val="0012491F"/>
     <w:rsid w:val="00141229"/>
+    <w:rsid w:val="00141792"/>
     <w:rsid w:val="00143FC4"/>
     <w:rsid w:val="00144D52"/>
     <w:rsid w:val="00146B54"/>
     <w:rsid w:val="00155390"/>
     <w:rsid w:val="00155930"/>
     <w:rsid w:val="0015651E"/>
     <w:rsid w:val="00156C0A"/>
     <w:rsid w:val="001572CC"/>
     <w:rsid w:val="00162BA2"/>
     <w:rsid w:val="001767BB"/>
     <w:rsid w:val="00180CC9"/>
     <w:rsid w:val="00181C89"/>
     <w:rsid w:val="00181DCC"/>
     <w:rsid w:val="00183E86"/>
     <w:rsid w:val="001848FA"/>
     <w:rsid w:val="0018591F"/>
     <w:rsid w:val="00192B16"/>
     <w:rsid w:val="00194FBC"/>
     <w:rsid w:val="0019641C"/>
     <w:rsid w:val="001A407E"/>
     <w:rsid w:val="001A77CB"/>
     <w:rsid w:val="001C066D"/>
     <w:rsid w:val="001C2455"/>
     <w:rsid w:val="001E0DED"/>
     <w:rsid w:val="001E1B6E"/>
     <w:rsid w:val="001E75FC"/>
+    <w:rsid w:val="001F733F"/>
     <w:rsid w:val="002047E0"/>
     <w:rsid w:val="00220505"/>
     <w:rsid w:val="00221811"/>
     <w:rsid w:val="0022397F"/>
     <w:rsid w:val="00225C31"/>
     <w:rsid w:val="002261CB"/>
     <w:rsid w:val="00227B39"/>
     <w:rsid w:val="002334BF"/>
+    <w:rsid w:val="00236B4E"/>
     <w:rsid w:val="00240EEC"/>
     <w:rsid w:val="00242106"/>
     <w:rsid w:val="00246FAE"/>
     <w:rsid w:val="00252543"/>
     <w:rsid w:val="002547C7"/>
     <w:rsid w:val="0025561B"/>
+    <w:rsid w:val="00261803"/>
     <w:rsid w:val="00262F9F"/>
     <w:rsid w:val="00264DDB"/>
     <w:rsid w:val="002735F3"/>
     <w:rsid w:val="00275F88"/>
     <w:rsid w:val="002A29DE"/>
     <w:rsid w:val="002A5C45"/>
     <w:rsid w:val="002A6964"/>
     <w:rsid w:val="002B2796"/>
     <w:rsid w:val="002C1FA8"/>
     <w:rsid w:val="002C27E6"/>
     <w:rsid w:val="002C2F49"/>
     <w:rsid w:val="002C45A3"/>
     <w:rsid w:val="002C494D"/>
     <w:rsid w:val="002E2642"/>
     <w:rsid w:val="002F1386"/>
     <w:rsid w:val="002F485E"/>
     <w:rsid w:val="00302E35"/>
     <w:rsid w:val="00307203"/>
     <w:rsid w:val="00312587"/>
     <w:rsid w:val="003125DA"/>
     <w:rsid w:val="003322EE"/>
     <w:rsid w:val="00344A00"/>
     <w:rsid w:val="0034643B"/>
     <w:rsid w:val="0035336B"/>
+    <w:rsid w:val="00357B1F"/>
     <w:rsid w:val="00372705"/>
     <w:rsid w:val="00387979"/>
     <w:rsid w:val="00391518"/>
     <w:rsid w:val="00394939"/>
     <w:rsid w:val="003952B4"/>
     <w:rsid w:val="003952DF"/>
     <w:rsid w:val="003969A5"/>
     <w:rsid w:val="003A3740"/>
     <w:rsid w:val="003A526F"/>
     <w:rsid w:val="003A6028"/>
     <w:rsid w:val="003C6208"/>
     <w:rsid w:val="003D16BD"/>
     <w:rsid w:val="003D1F93"/>
     <w:rsid w:val="003D5D65"/>
     <w:rsid w:val="003D6AB0"/>
     <w:rsid w:val="003E1BFA"/>
     <w:rsid w:val="003E3587"/>
     <w:rsid w:val="003E4256"/>
     <w:rsid w:val="003E4754"/>
     <w:rsid w:val="003E67E4"/>
+    <w:rsid w:val="003F22E4"/>
     <w:rsid w:val="003F4C46"/>
     <w:rsid w:val="00410CD1"/>
     <w:rsid w:val="00416529"/>
     <w:rsid w:val="00417A72"/>
     <w:rsid w:val="00426400"/>
     <w:rsid w:val="004300D9"/>
     <w:rsid w:val="0043144C"/>
     <w:rsid w:val="00444008"/>
     <w:rsid w:val="00450A14"/>
     <w:rsid w:val="00450EB1"/>
     <w:rsid w:val="0046000B"/>
     <w:rsid w:val="0046402D"/>
     <w:rsid w:val="00473C6D"/>
     <w:rsid w:val="00474ECC"/>
     <w:rsid w:val="00480176"/>
     <w:rsid w:val="00484DC0"/>
     <w:rsid w:val="00485197"/>
     <w:rsid w:val="00490457"/>
     <w:rsid w:val="004949ED"/>
     <w:rsid w:val="004A1CEB"/>
     <w:rsid w:val="004B55DC"/>
     <w:rsid w:val="004B59A6"/>
     <w:rsid w:val="004C1459"/>
     <w:rsid w:val="004D031C"/>
     <w:rsid w:val="004D5053"/>
     <w:rsid w:val="004E25F6"/>
     <w:rsid w:val="004E34AA"/>
     <w:rsid w:val="004E5514"/>
     <w:rsid w:val="004E61B8"/>
     <w:rsid w:val="004F1954"/>
     <w:rsid w:val="005035AA"/>
     <w:rsid w:val="00503FA9"/>
     <w:rsid w:val="00522499"/>
     <w:rsid w:val="00524F41"/>
     <w:rsid w:val="00524FB6"/>
     <w:rsid w:val="00532430"/>
     <w:rsid w:val="00535A14"/>
     <w:rsid w:val="00536C9F"/>
     <w:rsid w:val="00545B8C"/>
     <w:rsid w:val="00560E24"/>
     <w:rsid w:val="005618ED"/>
     <w:rsid w:val="005821F4"/>
     <w:rsid w:val="00583B77"/>
     <w:rsid w:val="00596A92"/>
     <w:rsid w:val="005A2237"/>
     <w:rsid w:val="005B0CCC"/>
     <w:rsid w:val="005B2342"/>
     <w:rsid w:val="005C0650"/>
     <w:rsid w:val="005D071F"/>
+    <w:rsid w:val="005D0AA9"/>
     <w:rsid w:val="005D0BA7"/>
     <w:rsid w:val="005D2721"/>
     <w:rsid w:val="005D28EE"/>
     <w:rsid w:val="005D311E"/>
     <w:rsid w:val="005D7BC9"/>
     <w:rsid w:val="005E79E4"/>
     <w:rsid w:val="005F0FC1"/>
     <w:rsid w:val="005F309B"/>
     <w:rsid w:val="005F3670"/>
     <w:rsid w:val="005F470C"/>
     <w:rsid w:val="00600AB2"/>
     <w:rsid w:val="006109A0"/>
     <w:rsid w:val="00630E26"/>
+    <w:rsid w:val="006314D1"/>
+    <w:rsid w:val="00637289"/>
     <w:rsid w:val="00637CF8"/>
     <w:rsid w:val="00640629"/>
     <w:rsid w:val="00644144"/>
     <w:rsid w:val="006521A0"/>
     <w:rsid w:val="00656405"/>
     <w:rsid w:val="006674A3"/>
     <w:rsid w:val="00674A84"/>
     <w:rsid w:val="00676A9B"/>
     <w:rsid w:val="00691629"/>
     <w:rsid w:val="006A7B4E"/>
     <w:rsid w:val="006B09BA"/>
     <w:rsid w:val="006B103A"/>
     <w:rsid w:val="006C3995"/>
     <w:rsid w:val="006C4174"/>
     <w:rsid w:val="006C4ECA"/>
     <w:rsid w:val="006C5940"/>
     <w:rsid w:val="006C5E20"/>
+    <w:rsid w:val="006C757E"/>
     <w:rsid w:val="006C783C"/>
     <w:rsid w:val="006D43BA"/>
     <w:rsid w:val="006D4B8F"/>
     <w:rsid w:val="006D598A"/>
     <w:rsid w:val="006E17EC"/>
     <w:rsid w:val="006E2ABD"/>
     <w:rsid w:val="006E310F"/>
     <w:rsid w:val="006F13A8"/>
     <w:rsid w:val="00702B9C"/>
     <w:rsid w:val="0070322E"/>
     <w:rsid w:val="00705EB5"/>
     <w:rsid w:val="007173F6"/>
     <w:rsid w:val="00717D11"/>
     <w:rsid w:val="00723AC2"/>
     <w:rsid w:val="007266C7"/>
     <w:rsid w:val="00727953"/>
     <w:rsid w:val="007345D5"/>
     <w:rsid w:val="00734A3B"/>
     <w:rsid w:val="0073538E"/>
     <w:rsid w:val="00737FFA"/>
     <w:rsid w:val="007401B2"/>
     <w:rsid w:val="00747B4D"/>
     <w:rsid w:val="00760D32"/>
     <w:rsid w:val="00762846"/>
     <w:rsid w:val="00792EF5"/>
@@ -7011,50 +27167,51 @@
     <w:rsid w:val="007B76A1"/>
     <w:rsid w:val="007C0DEA"/>
     <w:rsid w:val="007C2F69"/>
     <w:rsid w:val="007C4696"/>
     <w:rsid w:val="007D2314"/>
     <w:rsid w:val="007E039A"/>
     <w:rsid w:val="007E124C"/>
     <w:rsid w:val="007F3CE6"/>
     <w:rsid w:val="00800118"/>
     <w:rsid w:val="00807980"/>
     <w:rsid w:val="00823BC2"/>
     <w:rsid w:val="00824DB4"/>
     <w:rsid w:val="00827003"/>
     <w:rsid w:val="00833A97"/>
     <w:rsid w:val="008346F4"/>
     <w:rsid w:val="008355FA"/>
     <w:rsid w:val="00836B80"/>
     <w:rsid w:val="00843B57"/>
     <w:rsid w:val="00847D45"/>
     <w:rsid w:val="00852F22"/>
     <w:rsid w:val="00855F45"/>
     <w:rsid w:val="008579B8"/>
     <w:rsid w:val="00870177"/>
     <w:rsid w:val="008740D4"/>
     <w:rsid w:val="00875926"/>
+    <w:rsid w:val="008762C7"/>
     <w:rsid w:val="0087672E"/>
     <w:rsid w:val="00876BE2"/>
     <w:rsid w:val="00883FC6"/>
     <w:rsid w:val="008A72B8"/>
     <w:rsid w:val="008B100E"/>
     <w:rsid w:val="008B1191"/>
     <w:rsid w:val="008B5636"/>
     <w:rsid w:val="008C2E56"/>
     <w:rsid w:val="008C4F94"/>
     <w:rsid w:val="008C6FC0"/>
     <w:rsid w:val="008C79D0"/>
     <w:rsid w:val="008D2D31"/>
     <w:rsid w:val="008D4DDC"/>
     <w:rsid w:val="008E5FC7"/>
     <w:rsid w:val="008E73F8"/>
     <w:rsid w:val="008F1846"/>
     <w:rsid w:val="008F3A8A"/>
     <w:rsid w:val="008F6815"/>
     <w:rsid w:val="009033D8"/>
     <w:rsid w:val="00921321"/>
     <w:rsid w:val="00930FA6"/>
     <w:rsid w:val="00940E57"/>
     <w:rsid w:val="00942075"/>
     <w:rsid w:val="00946215"/>
     <w:rsid w:val="00950661"/>
@@ -7070,71 +27227,73 @@
     <w:rsid w:val="00981F37"/>
     <w:rsid w:val="00993A0F"/>
     <w:rsid w:val="00993C83"/>
     <w:rsid w:val="009A3F10"/>
     <w:rsid w:val="009A55A4"/>
     <w:rsid w:val="009B3289"/>
     <w:rsid w:val="009B45CC"/>
     <w:rsid w:val="009C5D93"/>
     <w:rsid w:val="009D0F1A"/>
     <w:rsid w:val="009D580D"/>
     <w:rsid w:val="009E0564"/>
     <w:rsid w:val="009E21AC"/>
     <w:rsid w:val="009E7544"/>
     <w:rsid w:val="009F0314"/>
     <w:rsid w:val="009F1AEB"/>
     <w:rsid w:val="00A0092F"/>
     <w:rsid w:val="00A016EE"/>
     <w:rsid w:val="00A02A8B"/>
     <w:rsid w:val="00A12DA0"/>
     <w:rsid w:val="00A133C5"/>
     <w:rsid w:val="00A16DCE"/>
     <w:rsid w:val="00A23B29"/>
     <w:rsid w:val="00A32C24"/>
     <w:rsid w:val="00A34C7C"/>
     <w:rsid w:val="00A36A85"/>
+    <w:rsid w:val="00A40C51"/>
     <w:rsid w:val="00A41A50"/>
     <w:rsid w:val="00A428E1"/>
     <w:rsid w:val="00A45D30"/>
     <w:rsid w:val="00A4799B"/>
     <w:rsid w:val="00A47C5B"/>
     <w:rsid w:val="00A55213"/>
     <w:rsid w:val="00A56A78"/>
     <w:rsid w:val="00A579E4"/>
     <w:rsid w:val="00A57B04"/>
     <w:rsid w:val="00A57C48"/>
     <w:rsid w:val="00A601C2"/>
     <w:rsid w:val="00A61B4A"/>
     <w:rsid w:val="00A64F9F"/>
     <w:rsid w:val="00A664A0"/>
     <w:rsid w:val="00A739A3"/>
     <w:rsid w:val="00A77762"/>
     <w:rsid w:val="00A863C1"/>
     <w:rsid w:val="00A90951"/>
     <w:rsid w:val="00A90F91"/>
     <w:rsid w:val="00A94111"/>
     <w:rsid w:val="00A94C16"/>
+    <w:rsid w:val="00AA7A10"/>
     <w:rsid w:val="00AA7AC5"/>
     <w:rsid w:val="00AB0426"/>
     <w:rsid w:val="00AB2F66"/>
     <w:rsid w:val="00AC0562"/>
     <w:rsid w:val="00AC643A"/>
     <w:rsid w:val="00AD0B25"/>
     <w:rsid w:val="00AD191B"/>
     <w:rsid w:val="00AE2F1E"/>
     <w:rsid w:val="00AE3859"/>
     <w:rsid w:val="00AE3F57"/>
     <w:rsid w:val="00AE7C57"/>
     <w:rsid w:val="00AF279C"/>
     <w:rsid w:val="00B05671"/>
     <w:rsid w:val="00B05F4D"/>
     <w:rsid w:val="00B1026A"/>
     <w:rsid w:val="00B118A9"/>
     <w:rsid w:val="00B13163"/>
     <w:rsid w:val="00B1364D"/>
     <w:rsid w:val="00B14131"/>
     <w:rsid w:val="00B142F4"/>
     <w:rsid w:val="00B2380C"/>
     <w:rsid w:val="00B37878"/>
     <w:rsid w:val="00B62030"/>
     <w:rsid w:val="00B64F1F"/>
     <w:rsid w:val="00B7467A"/>
@@ -7189,178 +27348,183 @@
     <w:rsid w:val="00D200F0"/>
     <w:rsid w:val="00D243E9"/>
     <w:rsid w:val="00D3479E"/>
     <w:rsid w:val="00D352A6"/>
     <w:rsid w:val="00D35D61"/>
     <w:rsid w:val="00D37428"/>
     <w:rsid w:val="00D412D0"/>
     <w:rsid w:val="00D4205B"/>
     <w:rsid w:val="00D441B5"/>
     <w:rsid w:val="00D4554D"/>
     <w:rsid w:val="00D53C18"/>
     <w:rsid w:val="00D545A4"/>
     <w:rsid w:val="00D67E8B"/>
     <w:rsid w:val="00D85A15"/>
     <w:rsid w:val="00D91186"/>
     <w:rsid w:val="00D97E19"/>
     <w:rsid w:val="00DA2EC7"/>
     <w:rsid w:val="00DA44DF"/>
     <w:rsid w:val="00DB4F11"/>
     <w:rsid w:val="00DC55E8"/>
     <w:rsid w:val="00DC7F4D"/>
     <w:rsid w:val="00DD6131"/>
     <w:rsid w:val="00DD650B"/>
     <w:rsid w:val="00DE1BDE"/>
     <w:rsid w:val="00DE5F48"/>
+    <w:rsid w:val="00DF2507"/>
     <w:rsid w:val="00DF4A08"/>
     <w:rsid w:val="00DF758F"/>
     <w:rsid w:val="00E02152"/>
     <w:rsid w:val="00E04570"/>
     <w:rsid w:val="00E10445"/>
     <w:rsid w:val="00E13502"/>
+    <w:rsid w:val="00E20FC7"/>
     <w:rsid w:val="00E245E9"/>
     <w:rsid w:val="00E25416"/>
     <w:rsid w:val="00E30178"/>
     <w:rsid w:val="00E31173"/>
     <w:rsid w:val="00E32330"/>
     <w:rsid w:val="00E34884"/>
     <w:rsid w:val="00E35834"/>
     <w:rsid w:val="00E35F7C"/>
     <w:rsid w:val="00E42674"/>
     <w:rsid w:val="00E545E1"/>
     <w:rsid w:val="00E57E6B"/>
     <w:rsid w:val="00E61ECE"/>
     <w:rsid w:val="00E666B8"/>
     <w:rsid w:val="00E70E53"/>
     <w:rsid w:val="00E73185"/>
     <w:rsid w:val="00E74EFD"/>
     <w:rsid w:val="00E8345A"/>
     <w:rsid w:val="00E86B26"/>
     <w:rsid w:val="00E8733C"/>
     <w:rsid w:val="00E92C2A"/>
     <w:rsid w:val="00E96FAF"/>
     <w:rsid w:val="00EA66B9"/>
     <w:rsid w:val="00EA6EB1"/>
     <w:rsid w:val="00EB06FE"/>
     <w:rsid w:val="00EB0F2E"/>
     <w:rsid w:val="00EB1561"/>
     <w:rsid w:val="00EB3A89"/>
     <w:rsid w:val="00EB6004"/>
     <w:rsid w:val="00EB6500"/>
     <w:rsid w:val="00EC13CD"/>
     <w:rsid w:val="00EC3BD5"/>
     <w:rsid w:val="00EC6985"/>
     <w:rsid w:val="00EE531F"/>
     <w:rsid w:val="00EE7D0F"/>
+    <w:rsid w:val="00EF746E"/>
     <w:rsid w:val="00F000FD"/>
     <w:rsid w:val="00F04FFF"/>
     <w:rsid w:val="00F05CC4"/>
     <w:rsid w:val="00F12016"/>
     <w:rsid w:val="00F124CC"/>
     <w:rsid w:val="00F14DB9"/>
     <w:rsid w:val="00F2000C"/>
     <w:rsid w:val="00F20315"/>
     <w:rsid w:val="00F21480"/>
     <w:rsid w:val="00F2280B"/>
     <w:rsid w:val="00F24187"/>
     <w:rsid w:val="00F36E41"/>
     <w:rsid w:val="00F409F4"/>
     <w:rsid w:val="00F53236"/>
     <w:rsid w:val="00F55479"/>
     <w:rsid w:val="00F634FF"/>
     <w:rsid w:val="00F665B4"/>
     <w:rsid w:val="00F676CF"/>
     <w:rsid w:val="00F72231"/>
     <w:rsid w:val="00F73F9E"/>
     <w:rsid w:val="00F93EEF"/>
     <w:rsid w:val="00F9512C"/>
     <w:rsid w:val="00F96D5C"/>
     <w:rsid w:val="00F96ED7"/>
     <w:rsid w:val="00F97AD7"/>
     <w:rsid w:val="00FA11C1"/>
     <w:rsid w:val="00FA2294"/>
     <w:rsid w:val="00FA714D"/>
     <w:rsid w:val="00FB063F"/>
     <w:rsid w:val="00FB74D8"/>
     <w:rsid w:val="00FC30F6"/>
     <w:rsid w:val="00FD01E7"/>
     <w:rsid w:val="00FD1E0C"/>
     <w:rsid w:val="00FD70E3"/>
+    <w:rsid w:val="00FD7211"/>
     <w:rsid w:val="00FE53D3"/>
     <w:rsid w:val="00FE612E"/>
     <w:rsid w:val="00FF1997"/>
     <w:rsid w:val="00FF6659"/>
+    <w:rsid w:val="00FF6AF0"/>
     <w:rsid w:val="00FF7740"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5C237ED8"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{E1CDA5E7-F65E-46E4-89EF-520A5174771C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7688,100 +27852,127 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BA3738"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Balk1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00E31173"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A57C48"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006C757E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
@@ -7827,75 +28018,75 @@
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DipnotMetniChar">
     <w:name w:val="Dipnot Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="DipnotMetni"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007C0DEA"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DipnotBavurusu">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C0DEA"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="SonnotMetni">
+  <w:style w:type="paragraph" w:styleId="SonNotMetni">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SonnotMetniChar"/>
+    <w:link w:val="SonNotMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C0DEA"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SonnotMetniChar">
-    <w:name w:val="Sonnot Metni Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SonNotMetniChar">
+    <w:name w:val="Son Not Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="SonnotMetni"/>
+    <w:link w:val="SonNotMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007C0DEA"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SonnotBavurusu">
+  <w:style w:type="character" w:styleId="SonNotBavurusu">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C0DEA"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C03B44"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="YerTutucuMetni">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
@@ -8013,56 +28204,58 @@
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="002B2796"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="AralkYok">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001E1B6E"/>
+    <w:rsid w:val="001F733F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TabloKlavuzuAk1">
     <w:name w:val="Tablo Kılavuzu Açık1"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="008C79D0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="DzTablo21">
     <w:name w:val="Düz Tablo 21"/>
     <w:basedOn w:val="NormalTablo"/>
@@ -8401,67 +28594,116 @@
     <w:rsid w:val="007B40DB"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
     <w:name w:val="Başlık 2 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A57C48"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
+    <w:name w:val="Çözümlenmeyen Bahsetme1"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00717D11"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006C757E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="KonuBal">
+    <w:name w:val="Title"/>
+    <w:aliases w:val="Kaynakça"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="KonuBalChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="006C757E"/>
+    <w:pPr>
+      <w:ind w:left="425" w:hanging="425"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
+    <w:name w:val="Konu Başlığı Char"/>
+    <w:aliases w:val="Kaynakça Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="KonuBal"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="006C757E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129908138">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1289973614">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9118,51 +29360,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2109348194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0031-9422(00)90839-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.psep.2023.05.005" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.orcid.org/brand-guidelines/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doi.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC5736422/?report=classic" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0031-9422(00)90839-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.psep.2023.05.005" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doi.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC5736422/?report=classic" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
   <a:themeElements>
     <a:clrScheme name="Ofis">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -9428,70 +29670,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB488ED8-9A1B-42CC-AC4B-698A8521C215}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>14366</Characters>
+  <Pages>1</Pages>
+  <Words>2542</Words>
+  <Characters>14338</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>119</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>448</Lines>
+  <Paragraphs>136</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hydrobiological Research. Volume XX, Issue X, Page *-*, 2023</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16853</CharactersWithSpaces>
+  <CharactersWithSpaces>16744</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Hydrobiological Research. Volume XX, Issue X, Page *-*, 2023</dc:title>
   <dc:creator>Onder</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>