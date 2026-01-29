--- v0 (2025-10-09)
+++ v1 (2026-01-29)
@@ -1,148 +1,241 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00826DC0" w:rsidRDefault="00826DC0" w:rsidP="00826DC0">
+    <w:p w14:paraId="3D17F036" w14:textId="30058258" w:rsidR="00194DBD" w:rsidRDefault="00194DBD" w:rsidP="003E5778">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8789"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5232710A" wp14:editId="70F8A622">
+            <wp:extent cx="4526280" cy="1203960"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="1207479160" name="Resim 1" descr="yazı tipi, simge, sembol, metin, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1207479160" name="Resim 1" descr="yazı tipi, simge, sembol, metin, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId5"/>
+                    <a:srcRect l="2898"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4699969" cy="1250160"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="005B01AC">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08CC6372" wp14:editId="043A1DD9">
+            <wp:extent cx="1226185" cy="1145740"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Resim 2" descr="metin, logo, grafik, yazı tipi içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="4" name="Resim 2" descr="metin, logo, grafik, yazı tipi içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1247720" cy="1165863"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59215BA2" w14:textId="77777777" w:rsidR="00985DF6" w:rsidRPr="00826DC0" w:rsidRDefault="00985DF6" w:rsidP="00826DC0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00985DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>COVER LETTER FOR HYDROBIOLOGICAL RESEARCH</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00826DC0" w:rsidRDefault="00826DC0" w:rsidP="00826DC0">
+    <w:p w14:paraId="6FC54CE9" w14:textId="77777777" w:rsidR="00985DF6" w:rsidRDefault="00985DF6">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00985DF6" w:rsidRPr="00826DC0" w:rsidRDefault="00985DF6" w:rsidP="00826DC0">
-[...33 lines deleted...]
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="7F247888" w14:textId="7B682F84" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>Dear</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Editor</w:t>
       </w:r>
-      <w:r w:rsidR="00C400E3">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">            </w:t>
+      <w:r w:rsidR="003E5778">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="3530FD35" w14:textId="77777777" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">I am </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
@@ -424,71 +517,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>confirm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve"> that the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>above</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -627,68 +700,79 @@
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>elsewhere</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="336EA136" w14:textId="77777777" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F66E86">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">With the </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F66E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>With</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F66E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>submission</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -744,74 +828,54 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>confirm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> that:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="362B6EFB" w14:textId="77777777" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>All</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -950,182 +1014,144 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>participated</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...8 lines deleted...]
-        <w:t>lanning</w:t>
+        <w:t>planning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>execution</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">of </w:t>
+        <w:t xml:space="preserve"> analysis of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>study</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="3B4D6F45" w14:textId="77777777" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>All</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1277,51 +1303,51 @@
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> here </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>submitted</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="24B28CF9" w14:textId="77777777" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
@@ -1409,60 +1435,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>been</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>copyr</w:t>
-[...8 lines deleted...]
-        <w:t>ighted</w:t>
+        <w:t>copyrighted</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1478,55 +1495,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>published</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>previously;</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>previously</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F66E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="70D6FD4D" w14:textId="77777777" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
@@ -1687,51 +1713,51 @@
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>elsewhere</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="02C072CE" w14:textId="77777777" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
@@ -2010,51 +2036,51 @@
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>consideration</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="2C00F7D1" w14:textId="77777777" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>There</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2103,51 +2129,71 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>directly</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> related </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F66E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F66E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>manuscripts</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2326,51 +2372,51 @@
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>paper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="3C2FE27F" w14:textId="77777777" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>Thank</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2417,272 +2463,341 @@
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>consideration</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
+    <w:p w14:paraId="1410FD41" w14:textId="77777777" w:rsidR="00F66E86" w:rsidRPr="00F66E86" w:rsidRDefault="00F66E86" w:rsidP="00F66E86">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>Yours</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>faithfully</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F66E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66E86" w:rsidRDefault="00C400E3" w:rsidP="00F66E86">
+    <w:p w14:paraId="6AD0554B" w14:textId="19CB4A27" w:rsidR="00F66E86" w:rsidRDefault="00C400E3" w:rsidP="00F66E86">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Corresponding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Author;</w:t>
+      </w:r>
+      <w:r w:rsidR="00647128">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5564FE4E" w14:textId="77777777" w:rsidR="00C400E3" w:rsidRDefault="00C400E3" w:rsidP="00F66E86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Corresponding Author;                                                                                            </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Name </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>Surname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00C400E3" w:rsidRPr="00985DF6" w:rsidRDefault="00C400E3" w:rsidP="00F66E86">
+    <w:p w14:paraId="4ADAB178" w14:textId="6F43210D" w:rsidR="00647128" w:rsidRDefault="00647128" w:rsidP="00F66E86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">          :</w:t>
+        <w:t xml:space="preserve">  :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:sectPr w:rsidR="00C400E3" w:rsidRPr="00985DF6">
+    <w:p w14:paraId="1E7CCB15" w14:textId="77777777" w:rsidR="00C400E3" w:rsidRDefault="00C400E3" w:rsidP="00F66E86">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C400E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>ignature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3D7F3B56" w14:textId="72AC154B" w:rsidR="00647128" w:rsidRPr="00985DF6" w:rsidRDefault="00647128" w:rsidP="00F66E86">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00647128" w:rsidRPr="00985DF6" w:rsidSect="00194DBD">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1416" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0735273A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="512C864C"/>
     <w:lvl w:ilvl="0" w:tplc="041F000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2752,127 +2867,136 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1531603182">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009051E7"/>
+    <w:rsid w:val="00084D4E"/>
+    <w:rsid w:val="00194DBD"/>
+    <w:rsid w:val="001F0E6A"/>
     <w:rsid w:val="003B721F"/>
+    <w:rsid w:val="003E5778"/>
+    <w:rsid w:val="005B01AC"/>
+    <w:rsid w:val="00647128"/>
     <w:rsid w:val="00783839"/>
     <w:rsid w:val="00826DC0"/>
     <w:rsid w:val="009051E7"/>
     <w:rsid w:val="00985DF6"/>
     <w:rsid w:val="00A634BE"/>
     <w:rsid w:val="00C400E3"/>
+    <w:rsid w:val="00EE3C00"/>
     <w:rsid w:val="00F66E86"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...1 lines deleted...]
-  <w14:docId w14:val="0E0306CD"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4D632958"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FF7EA339-1E2E-47D0-AFE2-A53583C15F9B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3200,105 +3324,110 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F66E86"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3520,72 +3649,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>193</Words>
-  <Characters>1106</Characters>
+  <Words>183</Words>
+  <Characters>1036</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1297</CharactersWithSpaces>
+  <CharactersWithSpaces>1202</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>KIRICI</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>