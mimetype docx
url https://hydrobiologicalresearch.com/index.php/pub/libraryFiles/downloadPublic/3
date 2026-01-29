--- v0 (2025-10-09)
+++ v1 (2026-01-29)
@@ -1,464 +1,525 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00A80BA8">
+    <w:p w14:paraId="42BCB647" w14:textId="2A84B46F" w:rsidR="00C53E05" w:rsidRPr="00E51E04" w:rsidRDefault="00E51E04" w:rsidP="00E51E04">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8789"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D031C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A21A599" wp14:editId="4D8B0761">
+            <wp:extent cx="5516880" cy="1013460"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="1207479160" name="Resim 1" descr="yazı tipi, simge, sembol, metin, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1207479160" name="Resim 1" descr="yazı tipi, simge, sembol, metin, logo içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId5"/>
+                    <a:srcRect l="2898"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5728588" cy="1052351"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D9F905F" wp14:editId="555CF104">
+            <wp:extent cx="1143000" cy="999876"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Resim 2" descr="metin, logo, grafik, yazı tipi içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="4" name="Resim 2" descr="metin, logo, grafik, yazı tipi içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1173103" cy="1026209"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA9903E" w14:textId="77777777" w:rsidR="00C53E05" w:rsidRDefault="00C53E05" w:rsidP="00C53E05">
       <w:pPr>
         <w:pStyle w:val="KonuBal"/>
       </w:pPr>
       <w:r>
         <w:t>Copyright</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00333741" w:rsidP="00A80BA8">
+    <w:p w14:paraId="47B14F82" w14:textId="7F71734F" w:rsidR="008D7199" w:rsidRDefault="00C53E05" w:rsidP="00E51E04">
       <w:pPr>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:left="3752" w:right="3791"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Hydrobiological Research, Türkiye</w:t>
+        <w:t>Hydrobiological Research Türkiye</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="008D7199" w:rsidP="00333741">
-[...5 lines deleted...]
-          <w:sz w:val="29"/>
+    <w:p w14:paraId="4423FF85" w14:textId="77777777" w:rsidR="00E51E04" w:rsidRPr="00E51E04" w:rsidRDefault="00E51E04" w:rsidP="00E51E04">
+      <w:pPr>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3752" w:right="3791"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="78440B0F" w14:textId="5FF33A6D" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="Balk1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10421"/>
           <w:tab w:val="left" w:pos="10536"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="364" w:lineRule="auto"/>
         <w:ind w:right="168" w:hanging="8"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-47"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Title</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Manuscript:</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-          <w:w w:val="99"/>
+      <w:r w:rsidRPr="008E7D35">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008E7D35">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="656940AC" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00000000" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
+        <w:pict w14:anchorId="06D8D908">
           <v:shape id="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:36pt;margin-top:11.3pt;width:520.1pt;height:.1pt;z-index:-15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,226" coordsize="10402,0" o:spt="100" adj="0,,0" path="m720,226r10187,m10924,226r197,e" filled="f" strokeweight=".22136mm">
             <v:stroke joinstyle="round"/>
             <v:formulas/>
             <v:path arrowok="t" o:connecttype="segments"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="11E2FB00" w14:textId="7AA3F304" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10513"/>
         </w:tabs>
         <w:spacing w:before="88" w:line="364" w:lineRule="auto"/>
         <w:ind w:left="100" w:right="158"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Author(s)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Name(s):</w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="008E7D35">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:w w:val="30"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="4BC3F3C9" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00000000" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
+        <w:pict w14:anchorId="480ABFF4">
           <v:shape id="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:36pt;margin-top:11.3pt;width:519.35pt;height:.1pt;z-index:-15728128;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,226" coordsize="10387,0" path="m720,226r10386,e" filled="f" strokeweight=".22136mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="376C361E" w14:textId="14CB0BEB" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="Balk1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10583"/>
         </w:tabs>
         <w:spacing w:before="91"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Corresponding</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Author’s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Name,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Address</w:t>
-[...12 lines deleted...]
-          <w:w w:val="99"/>
+        <w:t>Address:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E7D35">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="4D64FD68" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00000000" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
+        <w:pict w14:anchorId="5F72C862">
           <v:shape id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:36pt;margin-top:17.2pt;width:519.35pt;height:.1pt;z-index:-15727616;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,344" coordsize="10387,0" path="m720,344r10386,e" filled="f" strokeweight=".22136mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
-        <w:pict>
+        <w:pict w14:anchorId="517E4226">
           <v:shape id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:36pt;margin-top:34.7pt;width:519.9pt;height:.1pt;z-index:-15727104;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="720,694" coordsize="10398,0" o:spt="100" adj="0,,0" path="m720,694r3795,m4523,694r3493,m8022,694r3096,e" filled="f" strokeweight=".22136mm">
             <v:stroke joinstyle="round"/>
             <v:formulas/>
             <v:path arrowok="t" o:connecttype="segments"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="008D7199" w:rsidP="00333741">
+    <w:p w14:paraId="365A56D3" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="008D7199" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="42C1A08A" w14:textId="0906EE0F" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10583"/>
         </w:tabs>
         <w:spacing w:before="88"/>
         <w:ind w:left="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(Corresponding</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Author):</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:w w:val="99"/>
+      <w:r w:rsidRPr="008E7D35">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="19389757" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
         <w:spacing w:before="128"/>
       </w:pPr>
       <w:r>
         <w:t>LICENCE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>AGREEMENT:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="2B12A9D7" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="115"/>
         <w:ind w:left="100"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>hereby</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -506,51 +567,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>any),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>that:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="060A70A8" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="528"/>
         </w:tabs>
         <w:spacing w:before="119"/>
         <w:ind w:left="142" w:right="140" w:firstLine="218"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>The article submitted is an original work and has neither been published in any other peer-reviewed journal nor is under consideration for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
@@ -695,99 +756,93 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>copyright or any</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>ot</w:t>
-[...5 lines deleted...]
-        <w:t>her</w:t>
+        <w:t>other</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>third</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>party</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>rights.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="59907E73" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="528"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="142" w:right="144" w:firstLine="218"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">This transfer of copyright gives </w:t>
       </w:r>
       <w:r w:rsidR="00A80BA8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -817,51 +872,51 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A80BA8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>world.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="174FDC12" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="528"/>
         </w:tabs>
         <w:ind w:left="142" w:right="134" w:firstLine="218"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">The Author hereby grants and assigns to </w:t>
       </w:r>
       <w:r w:rsidR="00A80BA8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Hydrobiological Research</w:t>
@@ -928,112 +983,109 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>throughout the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>world.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="6DBA4D4B" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>author(</w:t>
-[...2 lines deleted...]
-        <w:t>s),</w:t>
+        <w:t>author(s),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>reserve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>following</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>rights:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="1F341D46" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="809"/>
         </w:tabs>
         <w:spacing w:line="207" w:lineRule="exact"/>
         <w:ind w:left="1276" w:hanging="196"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>All</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
@@ -1103,51 +1155,51 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>patent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>rights,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="2D53D6FB" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="809"/>
         </w:tabs>
         <w:ind w:left="1276" w:right="133" w:hanging="196"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="38"/>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -1502,51 +1554,51 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Publisher as copyright holder,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="046B18C7" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:line="207" w:lineRule="exact"/>
         <w:ind w:left="1276" w:hanging="196"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
@@ -1668,99 +1720,97 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>for sale.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="1BA2499C" w14:textId="234BAD74" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="528"/>
         </w:tabs>
         <w:ind w:left="142" w:right="133" w:firstLine="218"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>The article contains no such material that may be unlawful, infringe any proprietary or personal rights of others (including, without</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>limitation, any copyrights or privacy rights); that the Work is factually accurate and contains no matter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="45"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C53E05">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>libelous</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> or otherwise unlawful;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1968,57 +2018,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>work</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>adequat</w:t>
-[...5 lines deleted...]
-        <w:t>e</w:t>
+        <w:t>adequate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -2042,51 +2086,51 @@
           <w:spacing w:val="12"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>claim</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-43"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>the authorship.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="3BEEABCE" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="528"/>
         </w:tabs>
         <w:ind w:left="142" w:right="144" w:firstLine="218"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>I/We certify that I/We have no financial interest in the subject matter of the Work or any affiliation with an organization or entity with a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -2220,51 +2264,51 @@
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>to the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Association.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="4E41D846" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="528"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="142" w:right="133" w:firstLine="218"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>If any plagiarism found</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
@@ -2418,51 +2462,51 @@
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>members.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="4F12D87C" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="525"/>
         </w:tabs>
         <w:spacing w:line="206" w:lineRule="exact"/>
         <w:ind w:left="142" w:firstLine="218"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
@@ -2675,94 +2719,88 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>already</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>published elsewhere.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="2107EBD5" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="528"/>
         </w:tabs>
         <w:ind w:left="142" w:right="133" w:firstLine="218"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>No re</w:t>
       </w:r>
       <w:r w:rsidR="00333741">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">sponsibility is undertaken by </w:t>
       </w:r>
       <w:r w:rsidR="00A80BA8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Hydrobiological Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> its staff or members of the editorial board for any injury and/or damage to</w:t>
+        <w:t>, its staff or members of the editorial board for any injury and/or damage to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>persons or property as a matter of products liability, negligence or otherwise, or from any use or operation of any methods, products</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -2831,51 +2869,51 @@
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A80BA8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Hydrobiological Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="47EF1B9A" w14:textId="7494C2FB" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="528"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="207" w:lineRule="exact"/>
         <w:ind w:left="142" w:firstLine="218"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
@@ -2899,208 +2937,193 @@
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>dispute</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>arises,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="008E7D35">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>final</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>decision shall</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008E7D35">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>be taken</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A80BA8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Hydrobiological Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="3B02B8E4" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="ListeParagraf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="528"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:left="142" w:right="134" w:firstLine="218"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>I</w:t>
-[...5 lines deleted...]
-        <w:t>, the undersigned corresponding author, also certify that I have the consent of each author to transfer and assign any and all rights, title,</w:t>
+        <w:t>I, the undersigned corresponding author, also certify that I have the consent of each author to transfer and assign any and all rights, title,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">nd interest, including copyright of the article referred above. I hereby assign and transfer to the </w:t>
+        <w:t xml:space="preserve">and interest, including copyright of the article referred above. I hereby assign and transfer to the </w:t>
       </w:r>
       <w:r w:rsidR="00A80BA8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Hydrobiological Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> copyright and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">all rights under it in the event that such work is published by the </w:t>
       </w:r>
       <w:r w:rsidR="00A80BA8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Hydrobiological Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>. I further confirm tha</w:t>
-[...5 lines deleted...]
-        <w:t>t this article has not been</w:t>
+        <w:t>. I further confirm that this article has not been</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>published</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -3150,118 +3173,110 @@
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>publisher.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="008D7199" w:rsidP="00333741">
+    <w:p w14:paraId="727BC36A" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="008D7199" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="1104A961" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
         <w:spacing w:line="204" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:t>COPYRIGHT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>TRANSFER:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="7AE2A90E" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:ind w:left="100" w:right="133"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Copyright to the above work (including without limitation, the right to publish the work in whole, or in part, in any and all forms) is hereby</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">transferred to </w:t>
       </w:r>
       <w:r w:rsidR="00A80BA8">
         <w:t>Hydrobiological Research</w:t>
       </w:r>
       <w:r>
-        <w:t>, to ensure widest dissemination and protection against infringement of i</w:t>
-[...2 lines deleted...]
-        <w:t>t. I hereby certify that I am</w:t>
+        <w:t>, to ensure widest dissemination and protection against infringement of it. I hereby certify that I am</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">authorized to sign this Copyright Form either in my own right or as </w:t>
-[...4 lines deleted...]
-        <w:t>my</w:t>
+        <w:t>authorized to sign this Copyright Form either in my own right or as my</w:t>
       </w:r>
       <w:r w:rsidRPr="00594D02">
         <w:t xml:space="preserve"> colleagues</w:t>
       </w:r>
       <w:r>
         <w:t>, and have made no changes to this current valid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>document supplied</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
@@ -3343,238 +3358,201 @@
       <w:r>
         <w:t>agreement with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="45"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A80BA8">
         <w:t>Hydrobiological Research</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="008D7199" w:rsidP="00333741">
+    <w:p w14:paraId="14A729D8" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="008D7199" w:rsidP="00333741">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="008D7199" w:rsidP="00333741">
-[...8 lines deleted...]
-    <w:p w:rsidR="00333741" w:rsidRDefault="00333741" w:rsidP="00333741">
+    <w:p w14:paraId="6BFD100B" w14:textId="77777777" w:rsidR="00333741" w:rsidRDefault="00333741" w:rsidP="00333741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5968"/>
         </w:tabs>
         <w:spacing w:line="429" w:lineRule="auto"/>
         <w:ind w:left="100" w:right="1489"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Corresponding</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Author: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="008D7199" w:rsidP="00333741">
+    <w:p w14:paraId="665D6842" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="008D7199" w:rsidP="00333741">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="008D7199">
+        <w:sectPr w:rsidR="008D7199" w:rsidSect="00E51E04">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="620" w:right="580" w:bottom="280" w:left="620" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="567" w:right="578" w:bottom="278" w:left="618" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00333741" w:rsidP="00333741">
+    <w:p w14:paraId="2875AC55" w14:textId="0A3C6B2C" w:rsidR="008D7199" w:rsidRDefault="008E7D35" w:rsidP="00C53E05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5968"/>
         </w:tabs>
         <w:spacing w:line="429" w:lineRule="auto"/>
         <w:ind w:right="1489"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00594D02">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00333741">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                  </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00594D02">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00594D02">
         <w:rPr>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00594D02">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00333741">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
+    <w:p w14:paraId="4560F220" w14:textId="77777777" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2530"/>
         </w:tabs>
         <w:spacing w:before="5"/>
         <w:ind w:left="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r w:rsidR="00333741">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                          </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00333741">
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00333741">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00333741">
         <w:rPr>
@@ -3583,230 +3561,193 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00333741">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00333741">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00333741">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00333741" w:rsidP="00333741">
+    <w:p w14:paraId="12B2367A" w14:textId="77777777" w:rsidR="00E51E04" w:rsidRDefault="00E51E04" w:rsidP="00333741">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2530"/>
+        </w:tabs>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D45B90C" w14:textId="6C0081BA" w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00E51E04">
       <w:pPr>
         <w:spacing w:before="99"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="1440" w:right="-3160" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                     </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>All</w:t>
       </w:r>
-      <w:r w:rsidR="00594D02">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00594D02">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>rights</w:t>
       </w:r>
-      <w:r w:rsidR="00594D02">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00594D02">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>are reserved</w:t>
       </w:r>
-      <w:r w:rsidR="00594D02">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00594D02">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>@</w:t>
       </w:r>
-      <w:r w:rsidR="00594D02">
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="005E2414">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00333741" w:rsidRPr="005E2414">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>www.https://hydrobiologicalresearch.com/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="008D7199" w:rsidRDefault="00594D02" w:rsidP="00333741">
-[...41 lines deleted...]
-    <w:sectPr w:rsidR="008D7199">
+    <w:sectPr w:rsidR="008D7199" w:rsidSect="00E51E04">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="620" w:right="580" w:bottom="280" w:left="620" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:num="2" w:space="720" w:equalWidth="0">
-[...2 lines deleted...]
-      </w:cols>
+      <w:cols w:space="450"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B8C19BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4664C354"/>
     <w:lvl w:ilvl="0" w:tplc="041F000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4110,131 +4051,138 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="725571990">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1230534968">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1891842310">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D7199"/>
+    <w:rsid w:val="00084D4E"/>
+    <w:rsid w:val="000A5E88"/>
     <w:rsid w:val="00333741"/>
     <w:rsid w:val="00594D02"/>
     <w:rsid w:val="008D7199"/>
+    <w:rsid w:val="008E7D35"/>
     <w:rsid w:val="00A80BA8"/>
+    <w:rsid w:val="00C53E05"/>
+    <w:rsid w:val="00E51E04"/>
+    <w:rsid w:val="00F44C4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1030"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...1 lines deleted...]
-  <w14:docId w14:val="6E56B9F8"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="32FABE3D"/>
   <w15:docId w15:val="{5D1BAE66-83C4-4735-9255-D691742C62CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4562,50 +4510,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="88"/>
       <w:ind w:left="100"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
@@ -4661,100 +4614,133 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="GvdeMetni">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="KonuBal">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="KonuBalChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="78" w:line="274" w:lineRule="exact"/>
       <w:ind w:left="3752" w:right="3789"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="527" w:hanging="428"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00333741"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C53E05"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
+    <w:name w:val="Konu Başlığı Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="KonuBal"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00C53E05"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.https://hydrobiologicalresearch.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.https://hydrobiologicalresearch.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4998,78 +4984,78 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>648</Words>
-  <Characters>3694</Characters>
+  <Words>670</Words>
+  <Characters>3629</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4334</CharactersWithSpaces>
+  <CharactersWithSpaces>4265</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PREETI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2016-01-16T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Office Word 2007</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">